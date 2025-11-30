--- v0 (2025-10-12)
+++ v1 (2025-11-30)
@@ -12,4185 +12,4780 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1213">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1388">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>year</t>
   </si>
   <si>
     <t>strategy</t>
   </si>
   <si>
     <t>project_name</t>
   </si>
   <si>
     <t>budget</t>
   </si>
   <si>
     <t>responsible_unit</t>
   </si>
   <si>
     <t>objective</t>
   </si>
   <si>
     <t>output</t>
   </si>
   <si>
     <t xml:space="preserve">พัฒนาสาธารณสุขและการกีฬา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการฝึกอบรมเชิงปฏิบัติการ  </t>
   </si>
   <si>
     <t xml:space="preserve">สำนัก/กองสาธารณสุข, กองส่งเสริมคุณภาพชีวิต, กองการแพทย์ </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อฝึกอบรมเชิงปฏิบัติการ
-[...9 lines deleted...]
-ในหน่วยบริการสาธารณสุข
+    <t xml:space="preserve">1.เพื่อฝึกอบรมเชิงปฏิบัติการ_x000D_
+"หลักสูตรผู้ช่วยแพทย์แผนไทย_x000D_
+330 ชั่วโมง" รองรับการจัดตั้ง_x000D_
+คลินิกแพทย์แผนไทย_x000D_
+และแพทย์ทางเลือกในหน่วย_x000D_
+บริการสาธารณสุข_x000D_
+_x000D_
+2.เพื่อส่งเสริมและสนับสนุน_x000D_
+การจัดบริการแพทย์แผนไทย_x000D_
+และการแพทย์ทางเลือก_x000D_
+ที่มีคุณภาพและมาตรฐาน_x000D_
+ในหน่วยบริการสาธารณสุข_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ประชาชนในพื้นที่จังหวัดพะเยา และมีคุณสมบัติของผู้เรียน ตรงตามหลักสูตร จำนวน 20 คน </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการพัฒนาศักยภาพ แกนนำดูแลสุขภาพ ประชาชนพื้นที่ห่างไกล  เขตสถานบริการ สาธารณสุขชุมชน (สสช.) สังกัดองค์การบริหาร ส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อสร้างแกนนำประชาชนพื้นที่ห่างไกลเขตสถานบริการสาธารณสุขชุมชน (สสช.)ให้มีความรู้และทักษะจำเป็นเบื้องต้น ทำหน้าที่ประเมินคัดกรองและดูแลสุขภาพประชาชนเบื้องต้นภายใต้การกำกับดูแลของเจ้าหน้าที่สาธารณสุขผ่านแอพลิเคชั่น
-[...1 lines deleted...]
-3.เพื่อส่งเสริมการมีส่วนร่วมดูแลประชาชน สู่ชุมชนเข้มแข็งและพัฒนาเป็นต้นแบบชุมชนพึ่งตนเองด้านสุขภาพของประชาชน โดยประชาชนโดยประชาชน เพื่อประชาชน
+    <t xml:space="preserve">1.เพื่อสร้างแกนนำประชาชนพื้นที่ห่างไกลเขตสถานบริการสาธารณสุขชุมชน (สสช.)ให้มีความรู้และทักษะจำเป็นเบื้องต้น ทำหน้าที่ประเมินคัดกรองและดูแลสุขภาพประชาชนเบื้องต้นภายใต้การกำกับดูแลของเจ้าหน้าที่สาธารณสุขผ่านแอพลิเคชั่น_x000D_
+_x000D_
+2.เพื่อเพิ่มโอกาสการเข้าถึงบริการสุขภาพแก่ประชาชนพื้นที่ห่างไกลเขตสถานบริการสาธารณสุขชุมชน_x000D_
+_x000D_
+3.เพื่อส่งเสริมการมีส่วนร่วมดูแลประชาชน สู่ชุมชนเข้มแข็งและพัฒนาเป็นต้นแบบชุมชนพึ่งตนเองด้านสุขภาพของประชาชน โดยประชาชนโดยประชาชน เพื่อประชาชน_x000D_
+_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">1.ประชาชนที่ได้รับ คัดเลือกในพื้นที่สถาน บริการสาธารณสุข ชุมชน (สสช.) อ.แม่ใจ อ.ปง อ.เชียงม่วน  จำนวน 8 แห่งๆละ 3  คนรวม 24 คน  2.เจ้าหน้าที่และวิทยากร รวม 6 คน </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการแข่งขันกีฬา Break dancing and Cover dance เยาวชนและประชาชนจังหวัดพะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">สำนัก/กองการศึกษา ศาสนาและวัฒนธรรม </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อส่งเสริมกีฬาเบรกแดนซ์ให้เป็นที่แพร่หลายในจังหวัดพะเยา
-[...1 lines deleted...]
-3.เพื่อจัดการแข่งขันกีฬา และส่งเสริมการออกกำลังกายเด็ก เยาวชนและประชาชนในจังหวัดพะเยา
+    <t xml:space="preserve">1.เพื่อส่งเสริมกีฬาเบรกแดนซ์ให้เป็นที่แพร่หลายในจังหวัดพะเยา_x000D_
+2.เพื่อสนับสนุนการแสดงออกของเยาวชน และประชาชนในจังหวัดพะเยา_x000D_
+3.เพื่อจัดการแข่งขันกีฬา และส่งเสริมการออกกำลังกายเด็ก เยาวชนและประชาชนในจังหวัดพะเยา_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">เยาวชนและประชาชนในจังหวัดพะเยา จำนวน 100 คน </t>
   </si>
   <si>
     <t xml:space="preserve">พัฒนาเศรษฐกิจและการท่องเที่ยว </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการส่งเสริมพัฒนาศักยภาพผลิตภัณฑ์เซรามิก จากดินดำ </t>
   </si>
   <si>
-    <t xml:space="preserve">1. เพื่อส่งเสริมการสร้างรายได้และลดค่าใช้จ่ายให้เกิดความยั่งยืนด้านอาชีพให้ประชาชนมีคุณภาพชีวิตที่ดีขึ้น
-[...1 lines deleted...]
-3. เพื่อเพิ่มศักยภาพด้านการผลิตและลดต้นทุนการผลิต 
+    <t xml:space="preserve">1. เพื่อส่งเสริมการสร้างรายได้และลดค่าใช้จ่ายให้เกิดความยั่งยืนด้านอาชีพให้ประชาชนมีคุณภาพชีวิตที่ดีขึ้น_x000D_
+2. เพื่อส่งเสริมให้ผู้ที่ได้รับผลกระทบจากโรคติดเชื้อไวรัสโคโรนา 2019 สามารถประกอบอาชีพหลังพ้นวิกฤติ_x000D_
+3. เพื่อเพิ่มศักยภาพด้านการผลิตและลดต้นทุนการผลิต _x000D_
 4. เพื่อประกอบการประเมินประสิทธิภาพขององค์กรปกครองส่วนท้องถิ่น (LPA)  </t>
   </si>
   <si>
     <t xml:space="preserve">ส่งเสริมพัฒนาศักยภาพผลิตภัณฑ์เซรามิกจากดินดำ  ณ พื้นที่จังหวัดพะเยา ในปีงบประมาณ พ.ศ. 2566 </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการเทศกาลลิ้นจี่ของดีจังหวัดพะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">สำนักปลัด อบจ., สำนักปลัดเทศบาล, สำนักงานปลัด อบต. </t>
   </si>
   <si>
-    <t xml:space="preserve">1. เพื่อเป็นการประชาสัม พันธ์และส่งเสริมการท่องเที่ยวของจังหวัดพะเยา โดยใช้การจัดงานมหกรรมการเกษตรและท่องเที่ยวถนนสายดอกไม้งามริมกว๊านพะเยาเป็นสื่อ
-2. เพื่อสร้างกิจกรรมส่งเสริมการท่องเที่ยวให้จังหวัดพะเยาเป็นที่รู้จักในฐานะของเมืองท่องเที่ยว “เมืองรองต้องลอง” และพัฒนาไปสู่การจัดเป็นงานประจำปีของจังหวัดพะเยา
+    <t xml:space="preserve">1. เพื่อเป็นการประชาสัม พันธ์และส่งเสริมการท่องเที่ยวของจังหวัดพะเยา โดยใช้การจัดงานมหกรรมการเกษตรและท่องเที่ยวถนนสายดอกไม้งามริมกว๊านพะเยาเป็นสื่อ_x000D_
+2. เพื่อสร้างกิจกรรมส่งเสริมการท่องเที่ยวให้จังหวัดพะเยาเป็นที่รู้จักในฐานะของเมืองท่องเที่ยว “เมืองรองต้องลอง” และพัฒนาไปสู่การจัดเป็นงานประจำปีของจังหวัดพะเยา_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">เพื่อจัดกิจกรรมในพิธีเปิดงานมหกรรมการเกษตรและท่องเที่ยวฯ ตลอดจนจัดกิจกรรมการแสดงต่างๆ ในช่วงที่มีการจัดงานฯ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการฝึกอบรมเชิงปฏิบัติการเพื่อพัฒนาการสร้างผลิตภัณฑ์เซรามิกจากดินดำเพื่อเพิ่มโอกาสในการประกอบอาชีพให้ประชาชนจังหวัดพะเยา ประจำปีงบประมาณ พ.ศ.2566 โดยองค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">๑.เพื่อฝึกอบรมเกี่ยวกับการสร้างผลิตภัณฑ์เซรา มิกจากดินดำให้กับผู้สนใจในพื้นที่จังหวัดพะเยา
-[...3 lines deleted...]
-๕.เพื่อส่งเสริมให้ประชาชนในพื้นที่จังหวัดพะเยา มีความสามารถสร้างผลิตภัณฑ์เซรามิกจากดินดำได้อย่างมีประสิทธิภาพ
+    <t xml:space="preserve">๑.เพื่อฝึกอบรมเกี่ยวกับการสร้างผลิตภัณฑ์เซรา มิกจากดินดำให้กับผู้สนใจในพื้นที่จังหวัดพะเยา_x000D_
+๒.เพื่อยกระดับรายได้และเพิ่มโอกาสในการประกอบอาชีพและสร้างรายได้ให้แก่ตนเองและครอบครัว_x000D_
+๓.เพื่อเพิ่มช่องทางและสร้างรายได้ให้แก่ผู้ประสบปัญหาว่างงาน_x000D_
+๔.เพื่อส่งเสริมให้ประชาชนในพื้นที่จังหวัดพะเยามีความรู้และทักษะในการสร้างผลิตภัณฑ์เซรามิกจากดินดำและสร้างรายได้เสริมเพิ่มขึ้น_x000D_
+๕.เพื่อส่งเสริมให้ประชาชนในพื้นที่จังหวัดพะเยา มีความสามารถสร้างผลิตภัณฑ์เซรามิกจากดินดำได้อย่างมีประสิทธิภาพ_x000D_
 ฯลฯ </t>
   </si>
   <si>
     <t xml:space="preserve">จัดฝึกอบรมเกี่ยวกับการสร้างผลิตภัณฑ์เซรามิกจากดินดำ จำนวน ๒ รุ่นๆละ ๒๕ คน    โดยแบ่งกลุ่มฝึกปฏิบัติ จำนวน ๕ วันๆละ ๖ ชั่วโมง/รุ่นให้กับประชาชนทั่วไปในเขตพื้นที่จังหวัดพะเยาจำนวนผู้เข้าอบรม ๕๐ คน เจ้าห </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการจัดทำหนังสือรายงานผลการปฏิบัติงานในรอบปีงบประมาณ </t>
   </si>
   <si>
     <t xml:space="preserve">สำนัก/กองยุทธศาสตร์และงบประมาณ, สำนักนโยบายและแผน, กองวิชาการและแผนงาน </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อเป็นการรายงานผลการดำเนินงานขององค์กรในรอบปีงบประมาณ ๒๕๖๕ ตามนโยบาย   ของนายกองค์การบริหารส่วนจังหวัดพะเยาที่ได้แถลงไว้ต่อสภาองค์การบริหารส่วนจังหวัดพะเยา 
+    <t xml:space="preserve">1.เพื่อเป็นการรายงานผลการดำเนินงานขององค์กรในรอบปีงบประมาณ ๒๕๖๕ ตามนโยบาย   ของนายกองค์การบริหารส่วนจังหวัดพะเยาที่ได้แถลงไว้ต่อสภาองค์การบริหารส่วนจังหวัดพะเยา _x000D_
 2.เพื่อเป็นการเผยแพร่ประชาสัมพันธ์ผลการดำเนินงานขององค์การบริหารส่วนจังหวัดพะเยา      ในรอบปีงบประมาณ 2565 ให้หน่วยงานราชการ องค์กรต่างๆ ที่เกี่ยวข้องตลอดจนสื่อมวลชนและประชาชนทั่วไปได้ทราบ อันจะก่อให้เกิดภาพลักษณ์ที่ดี และเสริมสร้างความเข้าใจในการดำเนินงานขององค์การบริหารส่วนจังหวัดพะเยาอย่างยั่งยืนต่อไป </t>
   </si>
   <si>
     <t xml:space="preserve">จัดทำหนังสือผลการดำเนินงานขององค์การบริหารส่วนจังหวัดพะเยา จำนวน ๒,๐๐๐ เล่ม รูปเล่ม ขนาด A๔ จำนวน ๔๔ หน้า       (ไม่รวมปก) แบบไสกาว ปกหน้า-หลัง กระดาษอาร์ต ๒๓๐ แกรม เนื้อในกระดาษอาร์ต ๑๓๐ แกรม พิมพ์ ๔ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการจัดทำวารสารสื่อสิ่งพิมพ์เผยแพร่ผลงานขององค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1. เพื่อเป็นสื่อประชาสัมพันธ์ในการเผยแพร่นโยบายการบริหาร และการดำเนินงานตามวิสัยทัศน์และพันธกิจขององค์การบริหารส่วนจังหวัดพะเยาแก่บุคลากร และประชาชนได้รับทราบ
-2. เพื่อเป็นแหล่งข้อมูลข่าวสารขององค์การบริหารส่วนจังหวัดพะเยา ที่สามารถสืบค้นย้อนหลังได้ และอีกทั้งยังเป็นหลักฐานเพื่อใช้ประกอบในการอ้างอิงแก่หน่วยงานต่างๆ ขององค์การบริหารส่วนจังหวัดพะเยา
+    <t xml:space="preserve">1. เพื่อเป็นสื่อประชาสัมพันธ์ในการเผยแพร่นโยบายการบริหาร และการดำเนินงานตามวิสัยทัศน์และพันธกิจขององค์การบริหารส่วนจังหวัดพะเยาแก่บุคลากร และประชาชนได้รับทราบ_x000D_
+2. เพื่อเป็นแหล่งข้อมูลข่าวสารขององค์การบริหารส่วนจังหวัดพะเยา ที่สามารถสืบค้นย้อนหลังได้ และอีกทั้งยังเป็นหลักฐานเพื่อใช้ประกอบในการอ้างอิงแก่หน่วยงานต่างๆ ขององค์การบริหารส่วนจังหวัดพะเยา_x000D_
 3. เพื่อกลุ่มเป้าหมายได้รับความรู้ ความเข้าใจ และเกิดทัศนคติที่ดีต่อการดำเนินงานตามนโยบายของผู้บริหารองค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">จัดทำวารสารเพื่อการประชาสัมพันธ์ อบจ.พะเยา เป็นรูปเล่ม รวมปก ๑๖ หน้า เย็บอกกลางปกและเนื้อในกระดาษปอนด์หนาไม่น้อยกว่า ๑00 แกรม ขนาด A๔ พิมพ์ ๔ สี ทั้งเล่ม ดังนี้ 1. ปักษ์เดือนตุลาคม-ธันวาคม จำนวน๒,๕๐๐เ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการประชาสัมพันธ์องค์การบริหารส่วนจังหวัดพะเยา  </t>
   </si>
   <si>
-    <t xml:space="preserve">๑. เพื่อเป็นสื่อประชาสัมพันธ์ในการเผยแพร่นโยบายการบริหาร และการดำเนินงานตามวิสัยทัศน์และพันธกิจขององค์การบริหารส่วนจังหวัดพะเยาแก่บุคลากร และประชาชนได้รับทราบ
-2. เพื่อเป็นแหล่งข้อมูลข่าวสารขององค์การบริหารส่วนจังหวัดพะเยา ที่สามารถสืบค้นย้อนหลังได้ และอีกทั้งยังเป็นหลักฐานเพื่อใช้ประกอบในการอ้างอิงแก่หน่วยงานต่างๆ ขององค์การบริหารส่วน       จังหวัดพะเยา
+    <t xml:space="preserve">๑. เพื่อเป็นสื่อประชาสัมพันธ์ในการเผยแพร่นโยบายการบริหาร และการดำเนินงานตามวิสัยทัศน์และพันธกิจขององค์การบริหารส่วนจังหวัดพะเยาแก่บุคลากร และประชาชนได้รับทราบ_x000D_
+2. เพื่อเป็นแหล่งข้อมูลข่าวสารขององค์การบริหารส่วนจังหวัดพะเยา ที่สามารถสืบค้นย้อนหลังได้ และอีกทั้งยังเป็นหลักฐานเพื่อใช้ประกอบในการอ้างอิงแก่หน่วยงานต่างๆ ขององค์การบริหารส่วน       จังหวัดพะเยา_x000D_
 3. เพื่อกลุ่มเป้าหมายได้รับความรู้ ความเข้าใจ และเกิดทัศนคติที่ดีต่อการดำเนินงานตามนโยบายของผู้บริหารองค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">การทำป้ายโฆษณา การจัดทำสื่อวีดีทัศน์         การเผยแพร่ข่าวสารทางวิทยุกระจายเสียง โทรทัศน์ โรงมหรสพ สื่อออนไลน์ต่างๆ หรือการจัดทำสื่อสิ่งพิมพ์ต่างๆ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการจัดอบรมการทำการตลาดออนไลน์ </t>
   </si>
   <si>
     <t xml:space="preserve">เพื่อใช้ในการจัดทำการตลาดออนไลน์ส่งเสริมธุรกิจของกลุ่มศูนย์สามวัย ประจำศูนย์อำเภอเมืองพะเยา ศูนย์อำเภอ    แม่ใจ จังหวัดพะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">ชาวบ้าน/ชุมชน/สมาชิกในกลุ่มศูนย์สามวัยประจำศูนย์อำเภอเมืองพะเยา ศูนย์อำเภอ   แม่ใจ จังหวัดพะเยา จำนวน ๒๐๐ คน </t>
   </si>
   <si>
     <t xml:space="preserve">พัฒนาโครงสร้างพื้นฐาน </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายทุ่งกอดสั้น ม.3 ต.บ้านปิน เชื่อม ต.คือเวียง อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">สำนัก/กองช่าง, สำนักช่าง, กองโยธา, กองประปา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อปรับปรุงถนนลูกรังให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ
-2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย
+    <t xml:space="preserve">1.เพื่อปรับปรุงถนนลูกรังให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ_x000D_
+2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร จำนวน 2 สาย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยเหล่าดอย ม.3 ต.น้ำแวน อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านไผ่สีทอง ม.12 ต.หงส์หิน เชื่อม ต.ลอ อ.จุน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,800.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,512.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,800ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,512ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยโค้ง ม.14 ต.ฝายกวาง เชื่อม ต.แม่ลาว อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1 เพื่อปรับปรุงถนนลูกรังบดอัดแน่น ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
+    <t xml:space="preserve">1 เพื่อปรับปรุงถนนลูกรังบดอัดแน่น ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
 2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 6.00 ม. ยาว  1,250.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,550.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 6ม. ยาว  1,250ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,550ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายต้นโพธิ์ บ้านก้าวเจริญ ม.11 ต.น้ำแวน อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ม.3 ต.ทุ่งกล้วย อ.ภูซาง เชื่อม ต.ร่มเย็น อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,850.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,554.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,850ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,554ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ม.2 ต.ทุ่งกล้วย เชื่อม ต.ป่าสัก อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 5.00 ม. ยาว 1,500.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,560.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 5ม. ยาว 1,500ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,560ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 5 ต.แม่ปืม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อปรับปรุงทางถนนเดิมให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ
-2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย
+    <t xml:space="preserve">1.เพื่อปรับปรุงทางถนนเดิมให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ_x000D_
+2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 2,140.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 642.00 ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 2,140ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 642ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. บ้านแม่จั๊วะ หมู่ที่ 10 ต.ปง อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อก่อสร้างทางถนนเดิมให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ
-2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย
+    <t xml:space="preserve">1.เพื่อก่อสร้างทางถนนเดิมให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ_x000D_
+2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.ขนาดผิวจราจรกว้าง4.00 ม. ยาว  186.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า  744.00 ตร.มรายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.ขนาดผิวจราจรกว้าง4ม. ยาว  186ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า  744ตร.มรายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านขุนกำลัง หมู่ที่ 4 ต.ขุนควร เชื่อม ต.ผาช้างน้อย อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1 เพื่อปรับปรุงถนนลูกรังบดอัดแน่น ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1 เพื่อปรับปรุงถนนลูกรังบดอัดแน่น ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,700.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,428.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,700ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,428ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายเอี้ยงเงิน ม.1 ต.หนองหล่ม เชื่อม ต.บ้านถ้ำ อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านม่วงใหม่สมบูรณ์ ม.8 ต.ป่าสัก เชื่อม ต.ทุ่งกล้วย อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร จำนวน 3 สาย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ม.8 ต.ฝายกวาง เชื่อม ต.ทุ่งผาสุข อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. บ้านป่าแดด ม.12 ต.หย่วน อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 3.00 ม. ยาว 272.00 ม.    หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 816.00 ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 3ม. ยาว 272ม.    หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 816ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านดอยอีสาน ม.2 ต.อ่างทอง อ.เชียงคำ เชื่อม ต.สบบง อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,850.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,554.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,850ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,554ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรห้วยจำหมา ม.8 ต.บ้านปิน เชื่อม ต.หนองหล่ม อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  จำนวน 3 สาย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  หมู่ที่ 1 ต.แม่ปืม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 4 ต.บ้านใหม่ อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 2,060.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 618.00 ลบ.ม.    (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอี </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 2,060ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 618ลบ.ม.    (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอี </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 1 ต.ท่าจำปี อ.เมืองพะเยา จ.พะเยา   </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,600.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 640.00 ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,600ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 640ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านแม่วังช้าง ม.1 ต.พระธาตุขิงแกง อ.จุน จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ม.1 ต.ดงสุวรรณ เชื่อม ต.สันโค้ง อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรสายสระเป็ดหงส์ ม.9 ต.บ้านปิน เชื่อม ต.หนองหล่ม อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายสต๊อดกลาง บ้านป่าแดง หมู่ที่ 9 ต.งิมอ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย4.00 ม. ยาว 1,680.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,411.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ราย </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย4ม. ยาว 1,680ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,411ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ราย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. ม.7 ต.ทุ่งรวงทอง เชื่อม ต.หงส์หิน อ.จุน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.ขนาดผิวจราจรกว้าง 4.00 ม. ยาว 200.00 ม.    หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 800.00 ตร.ม. (มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.ขนาดผิวจราจรกว้าง 4ม. ยาว 200ม.    หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 800ตร.ม. (มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ซอย 5 ม.21 ต.ร่มเย็น อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. หนาเฉลี่ย 0.10 ม.        ยาว 1,660.00 ม. หรือมีปริมาตร   หินคลุกไม่น้อยกว่า 498.00 ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย ร </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3ม. หนาเฉลี่ย 0.10 ม.        ยาว 1,660ม. หรือมีปริมาตร   หินคลุกไม่น้อยกว่า 498ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย ร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ม.7 ต.หย่วน เชื่อม ต.เชียงบาน อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร        โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 5.00 ม. ยาว 540.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 561.00 ลบ.ม.  สายที่ 2 ขนาดผ </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร        โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 5ม. ยาว 540ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 561ลบ.ม.  สายที่ 2 ขนาดผ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายหนองหมอกั่ง ม.6 ต.ทุ่งผาสุข อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยดงเย็น ม.9 ต.บ้านปิน เชื่อม ต.หนองหล่ม อ.ดอกคำใต้ จ.พะเยา   </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,400.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,176.00 ลบ.ม.  สายที่ 2 ขนาดผิวจ </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,400ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,176ลบ.ม.  สายที่ 2 ขนาดผิวจ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร หมู่ที่ 8 ต.ดงเจนเชื่อม ต.ห้วยแก้ว อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,700.00 ม. หนาเฉลี่ย 0.20 ม.     หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,428.00 ลบ.ม.พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,700ม. หนาเฉลี่ย 0.20 ม.     หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,428ลบ.ม.พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านจำปาหมู่ที่ 17 ต.ห้วยแก้ว อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายนานายบัติ หมู่ที่ 13 ต.ดงเจน อ.ภูกามยาว เชื่อม ต.ท่าวังทอง อ.เมืองพะเยาจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายทิศตะวันออกอ่างร่องปอ หมู่ที่ 7 ต.ดงเจน เชื่อม ต.ห้วยแก้ว อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย4.00 ม. ยาว 1,700.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,428.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ราย </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย4ม. ยาว 1,700ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,428ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ราย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยเกี๋ยงใต้ หมู่ที่ 11 ต.สระ อ.เชียงม่วน จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านน้ำริน หมู่ที่ 10 ต.ขุนควร เชื่อม ต.ควร อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายรอบป่าสุสาน หมู่ที่ 6 ต.ศรีถ้อย เชื่อม ต.แม่สุก อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 2,000.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 600.00 ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 2,000ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 600ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. สายบ้านป่าสัก ม.5 ต.ศรีถ้อย เชื่อม บ้าน ขัวตาด ม.7 ต.ศรีถ้อย อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายทุ่งโล๊ะ หมู่ที่ 4 ต.ป่าแฝก เชื่อม ต.เจริญราษฎร์ อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนน ค.ส.ล. รหัสสายทาง พย.ถ.10063 บ.ปางป้อมกลาง-บ.กิ่วพัฒนา ต.ลอ เชื่อม ต.ห้วยข้าวก่ำ อ.จุน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อปรับปรุงถนน ทางถนนเดิมให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ
-2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย
+    <t xml:space="preserve">1.เพื่อปรับปรุงถนน ทางถนนเดิมให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ_x000D_
+2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนน ค.ส.ล.ขนาดผิวจราจรกว้าง 5.00 ม. ยาว 1,000.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 5,000.00 ตร.ม.   (มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
+    <t xml:space="preserve">ปรับปรุงถนน ค.ส.ล.ขนาดผิวจราจรกว้าง 5ม. ยาว 1,000ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 5,000ตร.ม.   (มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงห้องนันทนาการ และการเรียนรู้ตามอัธยาศัย </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อให้บริการสำหรับจัดกิจกรรมต่างๆ
-[...2 lines deleted...]
-4.เพื่อส่งเสริมสนับสนุนกิจกรรมนันทนาการต่างๆ
+    <t xml:space="preserve">1.เพื่อให้บริการสำหรับจัดกิจกรรมต่างๆ_x000D_
+2.เพื่อส่งเสริม และสนับสนุนการเรียนรู้ตามอัธยาศัย_x000D_
+3.เพื่อปรับปรุงห้องให้บรรยากาศที่ดีเอื้อต่อการเรียนรู้ และเกิดประโยชน์สูงสุด_x000D_
+4.เพื่อส่งเสริมสนับสนุนกิจกรรมนันทนาการต่างๆ_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">เด็ก เยาวชนและประชาชนเข้ามาใช้บริการ จำนวนไม่น้อยกว่า 100 คน </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร หมู่ที่ 6  ต.สันโค้ง เชื่อม  ต.ดงสุวรรณ   อ.ดอกคำใต้   จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1  ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1  ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว  1,500.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,110.00 ลบ.ม  สายที่ 2 ขนาดผิวจ </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว  1,500ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,110ลบ.ม  สายที่ 2 ขนาดผิวจ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายน้ำควัน บ้านเลี้ยว หมู่ที่ 10 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย4.00 ม. ยาว 1,650.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,386.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ราย </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย4ม. ยาว 1,650ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,386ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ราย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายสันทรง บ้านต้า หมู่ที่ 18 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรสายทุ่งใหม่เหนือ บ้านทุ่งแตหมู่ที่ 1 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายหัวทุ่ง บ้านแฮะ หมู่ที่ 11 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยเคาะ บ้านใหม่น้ำเงิน หมู่ที่ 12 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรบ้านหนองท่าควาย หมู่ที่ 7 ต.นาปรัง อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย3.50 ม. ยาว 2,000.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,480.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ราย </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย3.50 ม. ยาว 2,000ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,480ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ราย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านห้วยลึก หมู่ที่ 6 ต.บ้านตุ่น เชื่อม ต.แม่นาเรือ อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร จำนวน 2 สาย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายเลียบห้วยร่องคำ หมู่ที่ 6 ต.แม่นาเรือ เชื่อม ต.แม่กา อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร หมู่ที่ 3,9 ต.ท่าวังทอง เชื่อม ต.เวียง อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายป่าเปา ม.5 ต.เชียงแรง เชื่อม ต.ภูซาง อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. หนาเฉลี่ย 0.10 ม. ยาว 1,660.00 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 498.00 ลบ.ม.          (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย ร </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3ม. หนาเฉลี่ย 0.10 ม. ยาว 1,660ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 498ลบ.ม.          (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย ร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร หมู่ที่ 17 ต.แม่กาอ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ม.5 ต.พระธาตุขิงแกง เชื่อม ต.จุน อ.จุน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1 เพื่อปรับปรุงถนนหินคลุกให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
+    <t xml:space="preserve">1 เพื่อปรับปรุงถนนหินคลุกให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
 2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น </t>
   </si>
   <si>
     <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร จำนวน 2 สาย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายรอบพระธาตุพญาดอยตูมหมู่ที่ 3 ต.เชียงม่วน อ.เชียงม่วน จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยส้าน ม.1 ต.ดงสุวรรณ อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 13 ต.บ้านต๊ำ เชื่อม ต.บ้านต๋อม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 1,840.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 644.00 ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 1,840ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 644ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 6,5,9 ต.บ้านต๋อม เชื่อม ต.สันป่าม่วง อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 2,130.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 639.00 ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 2,130ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 639ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. สายถ้ำพระ ช่วงต้น หมู่ที่ 4  ต.ผาช้างน้อย อ.ปง จ.พะเยา  </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.ขนาดผิวจราจรกว้าง 4.00 ม. ยาว 186.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 744.00 ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.ขนาดผิวจราจรกว้าง 4ม. ยาว 186ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 744ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. สายประตูเมือง บ้านปางค่าเหนือ หมู่ที่ 6 ต.ผาช้างน้อย อ.ปง จ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. สายม้งใหม่ - น้ำต้ม บ้านสิบสองพัฒนา หมู่ที่ 7 ต.ผาช้างน้อย อ.ปง จ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านร่องเอี่ยน หมู่ที่ 8 ต.ปง อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,680.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีลูกรังปริมาตรไม่น้อยกว่า  1,411.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,680ม. หนาเฉลี่ย 0.20 ม. หรือมีลูกรังปริมาตรไม่น้อยกว่า  1,411ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยต้นต้อง บ้านจำบอนใหม่ ม.12 ต.อ่างทอง อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยลึก บ้านจำบอน ม.7 ต.อ่างทอง อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านแสงไทร หมู่ที่ 9 ต.ขุนควร เชื่อม ต.ควร อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ม.9 ต.บ้านปิน เชื่อม ต.หนองหล่ม อ.ดอกคำใต้ จ.พะเยา   </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยน้ำแฮง หมู่ที่ 6 ต.แม่นาเรือ เชื่อม ต.แม่กา อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายผาลาด ช่วงที่ 2 หมู่ที่ 12 ต.แม่นาเรือ เชื่อม ต.แม่กา อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายม่อนครั่ง ม.1 ต.ดงสุวรรณ เชื่อม ต.สันโค้ง อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายหลุบป่าถ่อน ม.5 ต.ฝายกวาง เชื่อม ต.แม่ลาว อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยหุง บ้านห้วยขุ่น หมู่ที่ 5 ต.ควร อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,700.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีลูกรังไม่น้อยกว่า  1,428.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยรายละเอี </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,700ม. หนาเฉลี่ย 0.20 ม. หรือมีลูกรังไม่น้อยกว่า  1,428ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยรายละเอี </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 5 ต.แม่ใจ เชื่อม ต.บ้านเหล่า อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างไหล่ทางถนน ค.ส.ล. 2 ข้าง สายหลัง รพ.อำเภอปง ต.นาปรัง เชื่อม ต.ออย อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อก่อสร้างไหล่ทางให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ
-2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย
+    <t xml:space="preserve">1.เพื่อก่อสร้างไหล่ทางให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ_x000D_
+2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างไหล่ทางถนน ค.ส.ล. ขยายผิวจราจรข้างละ 1.00 ม.ยาว 365.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 730.00 ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
+    <t xml:space="preserve">ก่อสร้างไหล่ทางถนน ค.ส.ล. ขยายผิวจราจรข้างละ 1ม.ยาว 365ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 730ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. ช่วงที่ 2 ซอย 2 บังกะโล หมู่ที่ 17 ต.บ้านต๋อม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 4.00 ม. ยาว 186.00 ม. หนา 0.15 ม.หรือมีพื้นที่ ไม่น้อยกว่า 744.00 ตร.ม.  รายละเอียดตามประมาณการ และแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 4ม. ยาว 186ม. หนา 0.15 ม.หรือมีพื้นที่ ไม่น้อยกว่า 744ตร.ม.  รายละเอียดตามประมาณการ และแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ซอย 4 ม.21 ต.ร่มเย็น อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายข้างไร่นางบุญเรือง ม.13 ต.ฝายกวาง อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,300.00 ม.       หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,092.00 ลบ.ม.  สายที่ 2  </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,300ม.       หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,092ลบ.ม.  สายที่ 2  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. บ้านแดนเมือง ม.7 ต.หย่วน อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 4.00 ม. ยาว 180.00 ม.   หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 720.00 ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 4ม. ยาว 180ม.   หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 720ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านใหม่กาญจนา ม.15 ต.จุน เชื่อม ต.พระธาตุขิงแกง อ.จุน จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายน้ำขาน บ้านหนองบัว หมู่ที่ 2 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายแพะกำพร้า บ้านหนองบัว หมู่ที่ 2 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยโปร่ง หมู่ที่ 16 ต.แม่ปืม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,650.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,386.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,650ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,386ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยตาด บ้านหนองบัว หมู่ที่ 2 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยน้ำงิม บ้านหนองบัว หมู่ที่ 2 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายสต๊อดป่าซาง บ้านควร หมู่ที่ 3 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยดินแดง บ้านแบ่ง หมู่ที่ 5 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยเต๋ย บ้านสันกลาง หมู่ที่ 8 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายกิ่วเก๊าขาม บ้านเก๊าเงา หมู่ที่ 15 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย4.00 ม. ยาว 1,675.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,407.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ราย </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย4ม. ยาว 1,675ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,407ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ราย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านใหม่ หมู่ที่ 10 ต.ห้วยแก้ว อ.ภูกามยาว เชื่อม ต.ห้วยลาน อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรสายร่องปอ-ห้วยแก้ว หมู่ที่ 7 ต.ดงเจน เชื่อม หมู่ที่ 12 ต.ห้วยแก้ว อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรัง บดอัดแน่นเข้าสู่พื้นที่การเกษตร สายร่องสัก-ประปาภูเขา ม.5 ต.หนองหล่ม เชื่อม  ต.บ้านปิน อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านใหม่ท่ากลอง หมู่ที่ 1 ต.บ้านใหม่อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ม.5 ต.เชียงแรง เชื่อม ต.ภูซาง อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. หนาเฉลี่ย 0.10 ม.         ยาว 1,650.00 ม. หรือมีปริมาตร   หินคลุกไม่น้อยกว่า 495.00 ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย  </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3ม. หนาเฉลี่ย 0.10 ม.         ยาว 1,650ม. หรือมีปริมาตร   หินคลุกไม่น้อยกว่า 495ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยยาง ม.8 ต.ฝายกวาง เชื่อม ต.ทุ่งผาสุข อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายสารวัตรศรีนวล ม.3 ต.บ้านปิน เชื่อม ต.คือเวียง อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยเพลง บ้านปิน หมู่ที่ 3 ต.เชียงม่วน อ.เชียงม่วน จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายบวกขะป้าง ม.7 ต.บ้านปิน เชื่อม ต.คือเวียง อ.ดอกคำใต้ จ.พะเยา   </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายปางยาง บ้านสันกลาง หมู่ที่ 8 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยโป่ง บ้านปางผักหม หมู่ที่ 7 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร หมู่ที่ 6 ต.ดงเจน เชื่อม ต.ห้วยแก้ว อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยดงมะไฟ หมู่ที่ 8 ต.เชียงม่วน อ.เชียงม่วน จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายนักปั่นรอบโลก หมู่ที่ 2 ต.เชียงม่วน อ.เชียงม่วน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย4.00 ม. ยาว 1,620.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,360.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ราย </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย4ม. ยาว 1,620ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,360ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ราย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายโสกแม่ล่ะอ่อน หมู่ที่ 6 ต.เชียงม่วน อ.เชียงม่วน จ.พะเยา   </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายรอบพระธาตุดอยแก้ว หมู่ที่ 7 ต.เชียงม่วน อ.เชียงม่วน จ.พะเยา   </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย4.00 ม. ยาว 1,630.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,369.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ราย </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย4ม. ยาว 1,630ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,369ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ราย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายบ้านหล่ายทุ่ง หมู่ที่ 6 ต.เชียงม่วน อ.เชียงม่วน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย4.00 ม. ยาว 1,625.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,365.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ราย </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย4ม. ยาว 1,625ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,365ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ราย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร หมู่ที่ 5 ต.เชียงม่วน อ.เชียงม่วน จ.พะเยา   </t>
   </si>
   <si>
     <t xml:space="preserve">1.เพื่อปรับปรุงถนนลูกรังให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ 2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายร่องสัก ม.5 ต.หนองหล่ม เชื่อม ต.บ้านปิน อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,800.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,512.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,800ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,512ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการซ่อมสร้างผิวทางแอสฟัลท์ติกคอนกรีต รหัสสายทาง พย.ถ.10042 สาย บ.ถ้ำ - บ.ปิน ต.บ้านถ้ำ เชื่อม ต.บ้านปิน อ.ดอกคำใต้ จ.พะเยา (ตอนที่ 2) </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อซ่อมสร้างผิวทางถนนเดิมให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ
-2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย
+    <t xml:space="preserve">1.เพื่อซ่อมสร้างผิวทางถนนเดิมให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ_x000D_
+2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ซ่อมสร้างผิวทางแอสฟัลท์ติกคอนกรีต  ระยะทาง 4,000.000 เมตร ผิวทางกว้างเฉลี่ย 6.000 ม.  ช่วงที่ 1 ช่วง กม. 0+440 ถึง กม. 2+640   หรือมีพื้นที่ไม่น้อยกว่า 13,200.00 ตร.ม. จุดพิกัด  เริ่มต้น N 2109593  E  </t>
+    <t xml:space="preserve">ซ่อมสร้างผิวทางแอสฟัลท์ติกคอนกรีต  ระยะทาง 4,000.000 เมตร ผิวทางกว้างเฉลี่ย 6.000 ม.  ช่วงที่ 1 ช่วง กม. 0+440 ถึง กม. 2+640   หรือมีพื้นที่ไม่น้อยกว่า 13,200ตร.ม. จุดพิกัด  เริ่มต้น N 2109593  E  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In - Place Recycling รหัสสายทาง พย.ถ.10037 บ.ดงเจน - บ.ห้วยแก้ว ต.ดงเจน เชื่อม ต.ห้วยแก้ว อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อปรับปรุงถนนเดิมให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ
-2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย
+    <t xml:space="preserve">1.เพื่อปรับปรุงถนนเดิมให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ_x000D_
+2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In ? Place Recycling ระยะทางดำเนินการ   1.420 กิโลเมตร ช่วง กิโลเมตร 5+530 ถึง กิโลเมตร 6+950 ผิวทางกว้าง 6.00 เมตร หรือมีพื้นที่รวมกันไม่น้อยกว่า 8,52 </t>
+    <t xml:space="preserve">ซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In ? Place Recycling ระยะทางดำเนินการ   1.420 กิโลเมตร ช่วง กิโลเมตร 5+530 ถึง กิโลเมตร 6+950 ผิวทางกว้าง 6เมตร หรือมีพื้นที่รวมกันไม่น้อยกว่า 8,52 </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต รหัสสายทาง พย.ถ.10024 สาย บ.โทกหวาก - บ.จำป่าหวาย ต.จำป่าหวาย เชื่อม ต.แม่กา อ.เมือง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">ปรับปรุงผิวทางแอสฟัลท์ติก คอนกรีต  ระยะทางดำเนินการ 5.400 กม.  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงซ่อมแซมถนน ค.ส.ล. รหัสสายทาง พย.ถ.10063 บ.ปางป้อมกลาง - บ.กิ่วพัฒนา ต.ลอ เชื่อม ต.ห้วยข้าวก่ำ อ.จุน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อปรับปรุงซ่อมแซมถนนเดิมให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ
-2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย
+    <t xml:space="preserve">1.เพื่อปรับปรุงซ่อมแซมถนนเดิมให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ_x000D_
+2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงซ่อมแซมถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 5.00 ม. ยาว 1,500.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 7,500.00 ตร.ม.(มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา จุดพิกัด   เริ่มต </t>
+    <t xml:space="preserve">ปรับปรุงซ่อมแซมถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 5ม. ยาว 1,500ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 7,500ตร.ม.(มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา จุดพิกัด   เริ่มต </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างรางระบายน้ำรูปตัวยูคอนกรีตเสริมเหล็ก พร้อมฝาปิดรอบรั้วเหล็ก สนามฟุตบอล 1 </t>
   </si>
   <si>
-    <t xml:space="preserve">1. เพื่อไม่ให้น้ำโคลนไหลลงลู่วิ่งยางสังเคราะห์
-[...1 lines deleted...]
-3. เพื่ออำนวยความสะดวกแก่ประชาชนผู้มาใช้บริการลู่วิ่งสนามฟุตบอล
+    <t xml:space="preserve">1. เพื่อไม่ให้น้ำโคลนไหลลงลู่วิ่งยางสังเคราะห์_x000D_
+2. เพื่อให้ระบบการส่งน้ำมีประสิทธิภาพ และทางเดินของน้ำสะดวกมากยิ่งขึ้น_x000D_
+3. เพื่ออำนวยความสะดวกแก่ประชาชนผู้มาใช้บริการลู่วิ่งสนามฟุตบอล_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างรางระบายน้ำรูปตัวยูคอนกรีตเสริมเหล็กพร้อมฝาปิดรอบรั้วเหล็กสนามฟุตบอล 1 ขนาดภายในกว้างไม่น้อยกว่า 0.50 เมตร ลึกเฉลี่ยไม่น้อยกว่า 0.40 เมตร ความยาวไม่น้อยกว่า 155.00 เมตร </t>
+    <t xml:space="preserve">ก่อสร้างรางระบายน้ำรูปตัวยูคอนกรีตเสริมเหล็กพร้อมฝาปิดรอบรั้วเหล็กสนามฟุตบอล 1 ขนาดภายในกว้างไม่น้อยกว่า 0.50 เมตร ลึกเฉลี่ยไม่น้อยกว่า 0.40 เมตร ความยาวไม่น้อยกว่า 155เมตร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่น เข้าสู่พื้นที่การเกษตร   สายสต๊อดโป่งป่าแดง (ช่วงที่ 2)   บ้านเลี้ยว หมู่ที่ 10 ต.งิม  อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1 ปรับปรุงถนนลูกรังบดอัดแน่น
-[...6 lines deleted...]
-มากขึ้น
+    <t xml:space="preserve">1 ปรับปรุงถนนลูกรังบดอัดแน่น_x000D_
+เข้าสู่พื้นที่การเกษตรให้สามารถ_x000D_
+ใช้งานได้อย่างมีประสิทธิภาพ _x000D_
+ปลอดภัย_x000D_
+2.เพื่อให้ประชาชนได้สัญจร_x000D_
+และคมนาคมขนส่งผลิตผลทาง_x000D_
+การเกษตรได้รับความสะดวก_x000D_
+มากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น เข้าสู่พื้นที่การเกษตร ขนาดผิว จราจรกว้างเฉลี่ย 4.00 ม. ยาว   1,700.00ม. หนาเฉลี่ย0.20ม.  หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,428.00 ลบ.ม พร้อมปรับ เกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น เข้าสู่พื้นที่การเกษตร ขนาดผิว จราจรกว้างเฉลี่ย 4ม. ยาว   1,700.00ม. หนาเฉลี่ย0.20ม.  หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,428ลบ.ม พร้อมปรับ เกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการซ่อมสร้างผิวทางแอสฟัลท์ติกคอนกรีต รหัสสายทาง พย.ถ.10011 สาย  บ.สันจกปก - บ.ปาง  ต.ดอกคำใต้ เชื่อม ต.คือเวียง อ.ดอกคำใต้ จ.พะเยา (ตอนที่ 3) </t>
   </si>
   <si>
-    <t xml:space="preserve">ซ่อมสร้างผิวทางแอสฟัลท์ติกคอนกรีต  ระยะทาง 3,500.000 เมตร ผิวทางกว้างเฉลี่ย 6.00 ? 8.00 ม.  ช่วงที่ 1 ช่วง กม. 4+465 ถึง กม. 6+215   หรือมีพื้นที่ไม่น้อยกว่า 12,250.00 ตร.ม. จุดพิกัด  เริ่มต้น N 21149 </t>
+    <t xml:space="preserve">ซ่อมสร้างผิวทางแอสฟัลท์ติกคอนกรีต  ระยะทาง 3,500.000 เมตร ผิวทางกว้างเฉลี่ย 6? 8ม.  ช่วงที่ 1 ช่วง กม. 4+465 ถึง กม. 6+215   หรือมีพื้นที่ไม่น้อยกว่า 12,250ตร.ม. จุดพิกัด  เริ่มต้น N 21149 </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต รหัสสายทาง พย.ถ.10026 สาย บ.แม่ใส - บ.ร่องคำ ต.แม่ใส เชื่อม ต.แม่นาเรือ อ.เมือง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.ก่อสร้างผิวทางถนนเดิมให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ
-2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย
+    <t xml:space="preserve">1.ก่อสร้างผิวทางถนนเดิมให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ_x000D_
+2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงซ่อมแซมผิวทางแอสฟัลท์ติก คอนกรีต ระยะทางดำเนินการ 3.700 กม. ผิวทางกว้าง 7.00 ? 8.00 ม.  ช่วง กม. 0+000 ถึง กม. 2+400    ผิวทางกว้าง 8.000 ม. หรือมีพื้นที่ไม่น้อยกว่า 19,200 ตร.ม. พิกัด   เริ่ม </t>
+    <t xml:space="preserve">ปรับปรุงซ่อมแซมผิวทางแอสฟัลท์ติก คอนกรีต ระยะทางดำเนินการ 3.700 กม. ผิวทางกว้าง 7? 8ม.  ช่วง กม. 0+000 ถึง กม. 2+400    ผิวทางกว้าง 8.000 ม. หรือมีพื้นที่ไม่น้อยกว่า 19,200 ตร.ม. พิกัด   เริ่ม </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน คสล. สายหล่ายท่า บ้านต๊ำพระแล หมู่ที่ 7 ต.บ้านต๊ำ อ.เมือง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1 เพื่อก่อสร้างถนน คสล. ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1 เพื่อก่อสร้างถนน คสล. ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน คสล. ขนาดผิวจราจรกว้าง4.00 ม. ยาว  186.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า  744.00 ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
+    <t xml:space="preserve">ก่อสร้างถนน คสล. ขนาดผิวจราจรกว้าง4ม. ยาว  186ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า  744ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายสันปางวัว - นาป่าเตย ม.11 ต.ฝายกวาง อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1 เพื่อปรับปรุงถนนหินคลุก ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
+    <t xml:space="preserve">1 เพื่อปรับปรุงถนนหินคลุก ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
 2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.50 เมตร ยาว 1,550.00 เมตร     หนาเฉลี่ย 0.10 เมตร หรือมีปริมาตรหินคลุกไม่น้อยกว่า 542.00 ลูกบาศก์เมตร (คิวหลวม) พร้อมปรับเกลี่ยให้เรี </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.50 เมตร ยาว 1,550เมตร     หนาเฉลี่ย 0.10 เมตร หรือมีปริมาตรหินคลุกไม่น้อยกว่า 542ลูกบาศก์เมตร (คิวหลวม) พร้อมปรับเกลี่ยให้เรี </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายทุ่งเหล่า - ก๊อตป่าห้า หมู่ที่ 1 ต.บ้านใหม่ อ.เมือง เชื่อม ต.แม่สุก อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1 เพื่อปรับปรุงถนนหินคลุกให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1 เพื่อปรับปรุงถนนหินคลุกให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  2,160.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  648.00 ลบ.ม(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดต </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  2,160ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  648ลบ.ม(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดต </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 9,10 ต.บ้านต๋อม เชื่อม หมู่ที่ 3 ต.บ้านต๊ำ อ.เมือง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1 เพื่อปรับปรุงถนนหินคลุก ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1 เพื่อปรับปรุงถนนหินคลุก ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรการเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  2,300.00 ม. หนา 0.10 ม. หรือมีหินคลุกไม่น้อยกว่า  690.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อยรายละเอียดตามป </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรการเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  2,300ม. หนา 0.10 ม. หรือมีหินคลุกไม่น้อยกว่า  690ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อยรายละเอียดตามป </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ซอย 4  บ้านประชาพัฒนา  ม.21 ต.ร่มเย็น  อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  1,630.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  489.00 ลบ.ม(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดต </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  1,630ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  489ลบ.ม(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดต </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านสีพรม หมู่ที่ 4 ต.ควร เชื่อม ต.ขุนควร อ.ปง จ.พะเยา       </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 เมตร ยาว 700.00 เมตร หนาเฉลี่ย 0.20 เมตร หรือมีปริมาตรลูกรังไม่น้อยกว่า 588.00 ลูกบาศก์เมตร  สายที่ 2 ขนาดผิวจราจ </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4เมตร ยาว 700เมตร หนาเฉลี่ย 0.20 เมตร หรือมีปริมาตรลูกรังไม่น้อยกว่า 588ลูกบาศก์เมตร  สายที่ 2 ขนาดผิวจราจ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยก๊อตเม็ด บ้านปัวดอย หมู่ที่ 13 ต.งิม เชื่อม ต.ออย อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,680.00 ม. หนา 0.20 ม. หรือ มีปริมาตรลูกรังไม่น้อยกว่า  1,411.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยรายละเ </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,680ม. หนา 0.20 ม. หรือ มีปริมาตรลูกรังไม่น้อยกว่า  1,411ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยรายละเ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายน้ำอิง หมู่ที่ 4 ต.บ้านใหม่  เชื่อม ต.แม่ปืม อ.เมืองพะเยา จ. พะเยา                              </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.00 เมตร ยาว 2,150.00 เมตร    หนาเฉลี่ย 0.10 เมตร หรือมีปริมาตรหินคลุกไม่น้อยกว่า 645.00 ลูกบาศก์เมตร (คิวหลวม) พร้อมปรับเกลี่ยให้เรีย </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3เมตร ยาว 2,150เมตร    หนาเฉลี่ย 0.10 เมตร หรือมีปริมาตรหินคลุกไม่น้อยกว่า 645ลูกบาศก์เมตร (คิวหลวม) พร้อมปรับเกลี่ยให้เรีย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน คสล. บ้านร่องไฮ หมู่ที่ 5 ต.บ้านใหม่ อ.เมือง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน คสล. ขนาดผิวจราจรกว้าง5.00 ม. ยาว  140.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า  700.00 ตร.ม รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
+    <t xml:space="preserve">ก่อสร้างถนน คสล. ขนาดผิวจราจรกว้าง5ม. ยาว  140ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า  700ตร.ม รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. ม.9 ต.ลอ เชื่อม ต.ห้วยยางขาม อ.จุน จ.พะเยา (ช่วงที่ 2) </t>
   </si>
   <si>
-    <t xml:space="preserve">1 เพื่อก่อสร้างถนนคอนกรีตเสริมเหล็กให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1 เพื่อก่อสร้างถนนคอนกรีตเสริมเหล็กให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนนคอนกรีตเสริมเหล็ก ขนาดผิวจราจรกว้าง  4.00 ม. ยาว  203.00 ม. หนา  0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า  812.00 ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
+    <t xml:space="preserve">ก่อสร้างถนนคอนกรีตเสริมเหล็ก ขนาดผิวจราจรกว้าง  4ม. ยาว  203ม. หนา  0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า  812ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายระหว่างบ้าน หมู่ที่ 8 ต.บ้านใหม่ อ.เมือง เชื่อม ต.แม่สุก อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1 ปรับปรุงถนนลูกรังบดอัดแน่นให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1 ปรับปรุงถนนลูกรังบดอัดแน่นให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,560.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,310.00 ลบ.ม พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,560ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,310ลบ.ม พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านสบเกี๋ยง หมู่ที่ 3 ต.ขุนควร อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,630.00 ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,369.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยรายละเอ </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,630ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,369ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยรายละเอ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร บ้านทุ่งเย็น ม. 1 ต.แม่ลาว อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.50 เมตร ยาว 1,390.00 เมตร หนาเฉลี่ย 0.10 เมตร หรือมีปริมาตรหินคลุกไม่น้อยกว่า 486.00 ลูกบาศก์เมตร (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้ </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.50 เมตร ยาว 1,390เมตร หนาเฉลี่ย 0.10 เมตร หรือมีปริมาตรหินคลุกไม่น้อยกว่า 486ลูกบาศก์เมตร (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการขุดลอกสระเก็บน้ำทุ่งม้า เพื่อการเกษตร ม.10 ต.เชียงแรง อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1 เพื่อเพิ่มปริมาณกักเก็บน้ำ
-[...3 lines deleted...]
-การเกษตรในฤดูแล้ง
+    <t xml:space="preserve">1 เพื่อเพิ่มปริมาณกักเก็บน้ำ_x000D_
+เพื่อทำการเกษตรและน้ำ_x000D_
+ในการอุปโภค_x000D_
+2 เพื่อให้ประชาชนมีน้ำใช้ใน_x000D_
+การเกษตรในฤดูแล้ง_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ขุดลอกสระเก็บน้ำ พื้นที่ไม่น้อยกว่า 15,000.00 ตร.ม. ลึกเฉลี่ย 2.00 + 5.00 ม. หรือมีปริมาตรดินขุดไม่น้อยกว่า 60,000.00 ลบ.ม. โดยทำการขุดลอกขึ้นมากองพร้อมปรับแต่งงานดินขุดให้เรียบร้อย รายละเอียดตามประมา </t>
+    <t xml:space="preserve">ขุดลอกสระเก็บน้ำ พื้นที่ไม่น้อยกว่า 15,000ตร.ม. ลึกเฉลี่ย 2+ 5ม. หรือมีปริมาตรดินขุดไม่น้อยกว่า 60,000ลบ.ม. โดยทำการขุดลอกขึ้นมากองพร้อมปรับแต่งงานดินขุดให้เรียบร้อย รายละเอียดตามประมา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายสระเป็ดหงส์ ม.9 ต.บ้านปิน เชื่อม ต.หนองหล่ม อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1 เพื่อก่อสร้างถนนลูกรัง ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1 เพื่อก่อสร้างถนนลูกรัง ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น 3 สาย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน คสล. สายเศรษฐกิจ  บ้านต๊ำพระแล  หมู่ที่ 7 ต.บ้านต๊ำ อ.เมือง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน คสล. ขนาดผิวจราจรกว้าง4.00 ม. ยาว  186.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า  744.00 ตร.ม.รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
+    <t xml:space="preserve">ก่อสร้างถนน คสล. ขนาดผิวจราจรกว้าง4ม. ยาว  186ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า  744ตร.ม.รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายหนองหล่ม - หลังโรงน้ำต้นไผ่ หมู่ที่ 5 ต.บ้านใหม่ อ.เมือง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  2,150.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  645.00 ลบ.ม(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดต </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  2,150ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  645ลบ.ม(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดต </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ม.3,9 ต.สันโค้ง เชื่อม ต.ดงสุวรรณ อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1 เพื่อปรับปรุงถนนลูกรังบดอัดแน่นให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1 เพื่อปรับปรุงถนนลูกรังบดอัดแน่นให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน คสล. สายบ้านนางสุพิน หมู่ที่ 13 ต.บ้านต๊ำ อ.เมือง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน คสล. ขนาดผิวจราจรกว้าง4.00 ม. ยาว  186.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า  744.00 ตร.มรายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
+    <t xml:space="preserve">ก่อสร้างถนน คสล. ขนาดผิวจราจรกว้าง4ม. ยาว  186ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า  744ตร.มรายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายบวกข่าง หมู่ที่ 3 ต.บ้านใหม่ เชื่อม ต.ท่าจำปี อ.เมือง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน คสล. สายห้วยม่วง บ้านห้วยขุ่น หมู่ที่ 5 ต.ควร อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยไผ่หลวง ม.3 ต.บ้านปิน เชื่อม ต.คือเวียง อ.ดอกคำใต้ จ.พะเยา       </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 เมตร ยาว        1,800.00 เมตร หนาเฉลี่ย 0.20 เมตร หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,512.00 ลูกบาศก์เมตร พร้อมปรับเกลี่ยบดอั </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4เมตร ยาว        1,800เมตร หนาเฉลี่ย 0.20 เมตร หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,512ลูกบาศก์เมตร พร้อมปรับเกลี่ยบดอั </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. สายแพะป่างิ้ว ม.7 ต.ทุ่งผาสุข อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1 เพื่อก่อสร้างถนน ค.ส.ล. ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1 เพื่อก่อสร้างถนน ค.ส.ล. ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายอ่างเก็บน้ำห้วยเหลิน หมู่ที่ 1,2 ต.แม่กา เชื่อม ต.จำป่าหวาย อ.เมือง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,600.00 ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,344.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยรายละเอ </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,600ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,344ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยรายละเอ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. สายหน้าบ้านนายประยูร-นานายปั๋น ม.5 ต.เวียง อ.เชียงคำ จ.พะเยา              </t>
   </si>
   <si>
-    <t xml:space="preserve">1 เพื่อก่อสร้างถนน คสล. ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
+    <t xml:space="preserve">1 เพื่อก่อสร้างถนน คสล. ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
 2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 4.00 เมตร ยาว 205.00 เมตร หนา 0.15 เมตร หรือมีพื้นที่      ไม่น้อยกว่า 820.00 ตารางเมตร (ไม่มีงานไหล่ทางลูกรัง)  </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 4เมตร ยาว 205เมตร หนา 0.15 เมตร หรือมีพื้นที่      ไม่น้อยกว่า 820ตารางเมตร (ไม่มีงานไหล่ทางลูกรัง)  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร บ้านปางป้อมเหนือ ม.2 ต.ลอ เชื่อม ต.ห้วยยางขาม อ.จุน จ.พะเยา  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.00 เมตร ยาว 1,755.00 เมตร    หนาเฉลี่ย 0.10 เมตร หรือมีปริมาตรหินคลุกไม่น้อยกว่า 526.00 ลูกบาศก์เมตร (คิวหลวม) พร้อมปรับเกลี่ยให้เรีย </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3เมตร ยาว 1,755เมตร    หนาเฉลี่ย 0.10 เมตร หรือมีปริมาตรหินคลุกไม่น้อยกว่า 526ลูกบาศก์เมตร (คิวหลวม) พร้อมปรับเกลี่ยให้เรีย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายต่อท้ายหมู่บ้าน บ้านสันต้นแหน หมู่ที่ 9 ต.ห้วยแก้ว อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างรางระบายน้ำคอนกรีตเสริมเหล็ก บ้านห้วยเจริญราษฎร์ หมู่ที่ 4 ต.เจริญราษฎร์ อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">3.1  เพื่อก่อสร้างรางระบายน้ำ คสล. จากผิวทางไม่ให้เกิดน้ำท่วมขัง
-3.2  เพื่อให้ประชาชนเดินทางสัญจร  และขนส่งพืชผลทางการเกษตร ได้อย่างสะดวกและปลอดภัย  
+    <t xml:space="preserve">3.1  เพื่อก่อสร้างรางระบายน้ำ คสล. จากผิวทางไม่ให้เกิดน้ำท่วมขัง_x000D_
+3.2  เพื่อให้ประชาชนเดินทางสัญจร  และขนส่งพืชผลทางการเกษตร ได้อย่างสะดวกและปลอดภัย  _x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างรางระบายน้ำคอนกรีตเสริมเหล็ก  ขนาดกว้าง 1.50 ม.ลึกเฉลี่ย 1.20 ม.  ยาว125.00 ม. หนา 0.15 ม  รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
+    <t xml:space="preserve">ก่อสร้างรางระบายน้ำคอนกรีตเสริมเหล็ก  ขนาดกว้าง 1.50 ม.ลึกเฉลี่ย 1.20 ม.  ยาว125ม. หนา 0.15 ม  รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน คสล. หมู่ที่ 8 ต.บ้านต๊ำ อ.เมือง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านเก๊าเงา หมู่ที่ 15 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,560.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,310.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,560ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,310ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร บ้านหนองบัว หมู่ที่ 2 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรการเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,220.00 ม. หนา 0.10 ม. หรือมีหินคลุกไม่น้อยกว่า  488.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อยรายละเอียดตามป </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรการเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,220ม. หนา 0.10 ม. หรือมีหินคลุกไม่น้อยกว่า  488ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อยรายละเอียดตามป </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน คสล. สายป่าสุสาน บ้านสีพรม หมู่ที่ 4 ต.ควร อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายเหมืองชุม ม.2 ชุมชนร่มโพธิ์งามต.บุญเกิด เชื่อม อบต.ดอกคำใต้ อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1 เพื่อปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1 เพื่อปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว  1,200.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  420.00 ลบ.ม(คิวหลวม สายที่ 2 ขนาดผิวจรา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว  1,200ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  420ลบ.ม(คิวหลวม สายที่ 2 ขนาดผิวจรา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยงุ้น บ้านฮวก ม. 3 ต.ภูซาง อ.ภูซาง จ.พะเยา      </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 เมตร ยาว 1,650.00 เมตร หนาเฉลี่ย 0.20 เมตร หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,386.00 ลูกบาศก์เมตร  สายที่ 2 ขนาดผิว </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4เมตร ยาว 1,650เมตร หนาเฉลี่ย 0.20 เมตร หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,386ลูกบาศก์เมตร  สายที่ 2 ขนาดผิว </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายหลังวัดสันป่าฝาง ม.2 ชุมชนร่มโพธิ์งาม ต.บุญเกิด เชื่อม อบต.ดอกคำใต้ อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  1,800.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  540.00 ลบ.ม(คิวหลวม)  สายที่ 2 ขนาดผิวจ </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  1,800ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  540ลบ.ม(คิวหลวม)  สายที่ 2 ขนาดผิวจ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน คสล. สาย 3 หลังศูนย์พัฒนาเด็กเล็ก บ้านต๊ำพระแล หมู่ที่ 11 ต.บ้านต๊ำ อ.เมือง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายป่าสักโยง ม.1 ต.พระธาตุขิงแกง อ.จุน เชื่อม ต.นาปรัง อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1 เพื่อปรับปรุงถนนลูกรังบดอัดแน่นเเข้าสู่พื้นที่การเกษตรให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1 เพื่อปรับปรุงถนนลูกรังบดอัดแน่นเเข้าสู่พื้นที่การเกษตรให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,850.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,554.00 ลบ.ม พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,850ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,554ลบ.ม พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการเสริมผิวทางแอสฟัลท์ติกคอนกรีต บ.สันหมื่นแก้ว-บ.ใหม่  ม.10 บ.สันหมื่นแก้ว ต.แม่ปืม - ม.4 บ้านใหม่หลวง ต.บ้านใหม่ อ.เมือง จ.พะเยา  </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อเสริมผิวทางถนนให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ
-2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย
+    <t xml:space="preserve">1.เพื่อเสริมผิวทางถนนให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ_x000D_
+2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">เสริมผิวทางแอสฟัลท์ติกคอนกรีต ระยะทางดำเนินการ 0.800 กม.  ผิวทางกว้าง 5.000ม. ช่วง กม. 0+000 ถึง กม. 0+800 หรือมีพื้นที่ไม่น้อยกว่า 4,000 ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน คสล. สายสันจกปก หมู่ที่ 9 ต.บ้านต๊ำ อ.เมือง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการเสริมผิวทางแอสฟัลท์ติกคอนกรีต สาย บ.สันกลาง ม.8 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">เสริมผิวทางแอสฟัลท์ติกคอนกรีต ระยะทางดำเนินการ 1.037 กม.  ผิวทางกว้าง 4.00 ม. ช่วง กม. 0+000 ถึง กม. 1+037 หรือมีพื้นที่ไม่น้อยกว่า 4,148 ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">เสริมผิวทางแอสฟัลท์ติกคอนกรีต ระยะทางดำเนินการ 1.037 กม.  ผิวทางกว้าง 4ม. ช่วง กม. 0+000 ถึง กม. 1+037 หรือมีพื้นที่ไม่น้อยกว่า 4,148 ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายเลียบลำน้ำอิง หมู่ที่ 14 ต.ท่าวังทอง อ.เมือง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรการเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว  2,000.00 ม. หนา 0.10 ม. หรือมีหินคลุกไม่น้อยกว่า  700.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อยรายละเอียดตามป </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรการเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว  2,000ม. หนา 0.10 ม. หรือมีหินคลุกไม่น้อยกว่า  700ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อยรายละเอียดตามป </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ม.7,8 ต.ทุ่งกล้วย เชื่อม ต.ป่าสัก อ.ภูซาง จ.พะเยา (ช่วงที่ 2) </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็น สายที่ 1  ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,000.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  840.00 ลบ.ม  สายที่ 2  ขนาดผิวจ </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็น สายที่ 1  ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,000ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  840ลบ.ม  สายที่ 2  ขนาดผิวจ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านห้วยไฟวัฒนา ม.13 ต.ภูซาง เชื่อม ต.ป่าสัก อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงห้องทำงานฝ่ายเครื่องจักรกล องค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">เพื่อให้ห้องทำงานฝ่ายเครื่องจักรกล เป็นระเบียบ สวยงาม
+    <t xml:space="preserve">เพื่อให้ห้องทำงานฝ่ายเครื่องจักรกล เป็นระเบียบ สวยงาม_x000D_
+_x000D_
+_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ปรับปรุงห้องทำงานฝ่ายเครื่องจักรกล องค์การบริหารส่วนจังหวัดพะเยา โดยมีการงานรื้อถอน งานปรับปรุงและติดตั้งแอร์ขนาดไม่น้อยกว่า 24,000 BTU รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  ม.5 ต.ทุ่งกล้วย อ.ภูซาง เชื่อม ต.ร่มเย็น อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. หนาเฉลี่ย 0.10 ม.        ยาว 1,660.00 ม. หรือมีปริมาตร    หินคลุกไม่น้อยกว่า 498.00 ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย  </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3ม. หนาเฉลี่ย 0.10 ม.        ยาว 1,660ม. หรือมีปริมาตร    หินคลุกไม่น้อยกว่า 498ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. ม.1 ต.ลอ เชื่อม ต.หงส์หิน อ.จุน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.ขนาดผิวจราจรกว้าง 4.00 ม. ยาว 204.00 ม.   หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 816.00 ตร.ม.(ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.ขนาดผิวจราจรกว้าง 4ม. ยาว 204ม.   หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 816ตร.ม.(ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ม.9 ต.เชียงแรง เชื่อม ต.ป่าสัก อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร จำนวน 3 สาย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายร่องสัก-ห้วยเฮี้ยะ ม.5 ต.หนองหล่ม เชื่อม ต.บ้านปิน อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. บ้านห้วยบง ม.9 ต.น้ำแวน อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง ๔.๐๐ ม. ยาว ๒๐๔.๐๐ ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า ๘๑๖.00 ตร.ม. (ไม่มีไหล่ทางลูกรัง)รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง ๔.๐๐ ม. ยาว ๒๐๔.๐๐ ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า ๘๑๖ตร.ม. (ไม่มีไหล่ทางลูกรัง)รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. ช่วงต้น ซอย 2 บังกะโล หมู่ที่ 17 ต.บ้านต๋อม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.ขนาดผิวจราจรกว้าง 4.00 ม. ยาว 186.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 744.00 ตร.ม.  รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.ขนาดผิวจราจรกว้าง 4ม. ยาว 186ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 744ตร.ม.  รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยโค้ง (เส้นอ่างเก็บน้ำ) ม.14 ต.ฝายกวาง เชื่อมต.แม่ลาว อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย4.00 ม. ยาว 1,550.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,302.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ราย </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย4ม. ยาว 1,550ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,302ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ราย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ม.10 ต.ดงสุวรรณ เชื่อม ต.สว่างอารมณ์ อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  สายน้ำปุ ม.2 ต.หนองหล่ม เชื่อม ต.บ้านถ้ำ อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายหลงปลาสะเด็ด ม.11 ต.ห้วยลาน อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร หมู่ที่ 4 ต.เชียงม่วน อ.เชียงม่วน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย4.00 ม. ยาว 1,640.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,377.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ราย </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย4ม. ยาว 1,640ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,377ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ราย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  สายสต๊อดโป่งป่าแดง บ้านเลี้ยว หมู่ที่ 10 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">พัฒนาสังคม การศึกษา ศาสนา และวัฒนธรรม </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการวิทยาศาสตร์สัญจร อบจ.พะเยา 2566 </t>
   </si>
   <si>
-    <t xml:space="preserve">๑.เพื่อบริการผู้ใช้ให้เข้ากับสถานการณ์ปัจจุบันโดยวิธีที่เข้าถึงผู้รับบริการอย่างมีประสิทธิภาพมากที่สุด
-[...1 lines deleted...]
-๓.เพื่อประกอบการประเมินประสิทธิภาพขององค์กรปกครองส่วนท้องถิ่น (LPA) หน่วยที่ ๔ การบริการสาธารณะ
+    <t xml:space="preserve">๑.เพื่อบริการผู้ใช้ให้เข้ากับสถานการณ์ปัจจุบันโดยวิธีที่เข้าถึงผู้รับบริการอย่างมีประสิทธิภาพมากที่สุด_x000D_
+๒.เพื่อส่งเสริมพัฒนาความรู้ความสามารถที่มีและจำเป็นต้องมีนำมาประยุกต์เข้าด้วยกันให้เกิดความคิดสร้างสรรค์ พัฒนากระบวนการคิด และเพื่อการเสริมทักษะทางด้านวิทยาศาสตร์และดาราศาสตร์_x000D_
+๓.เพื่อประกอบการประเมินประสิทธิภาพขององค์กรปกครองส่วนท้องถิ่น (LPA) หน่วยที่ ๔ การบริการสาธารณะ_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">๑.จัดทำกิจกรรมโครงการวิทยาศาสตร์สัญจร อบจ.พะเยา ๒๕๖๖ ประจำปีงบประมาณ ๒๕๖๖ ให้แก่ประชาชนในพื้นที่จังหวัดพะเยา ตามที่องค์การบริหารส่วนจังหวัดพะเยากำหนด ๒.จัดกิจกรรมวิทยาศาสตร์ต่างๆ ๓.จัดกิจกรรมกีฬานันทน </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการส่งเสริมประเพณีแปดเป็งไหว้สาปูจาพระเจ้าตนหลวงจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1. เพื่อสืบสานและอนุรักษ์วัฒนธรรมประเพณีแปดเป็ง
-[...4 lines deleted...]
-3. เพื่อส่งเสริมวัฒนธรรมอันดีงาม ควบคู่ไปกับการอนุรักษ์ และสร้างรายได้เข้าสู่ชุมชนและจังหวัดพะเยา
+    <t xml:space="preserve">1. เพื่อสืบสานและอนุรักษ์วัฒนธรรมประเพณีแปดเป็ง_x000D_
+ไหว้สาพระเจ้าตนหลวง ของจังหวัดพะเยาที่มีมาแต่ในอดีตให้คงอยู่ตลอดไป ในฐานะ_x000D_
+พระเจ้าตนหลวงเป็นพระพุทธรูปศักดิ์สิทธิ์คู่บ้านคู่เมือง_x000D_
+2. เพื่อหาแนวทางในสร้างความร่วมมือด้านวัฒนธรรม โดยใช้ประเพณีแปดเป็ง_x000D_
+ไหว้สาพระเจ้าตนหลวงเป็นตัวเชื่อมประสาน_x000D_
+3. เพื่อส่งเสริมวัฒนธรรมอันดีงาม ควบคู่ไปกับการอนุรักษ์ และสร้างรายได้เข้าสู่ชุมชนและจังหวัดพะเยา_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">จัดงานประเพณีแปดเป็งไหว้สา ปูจาพระเจ้า ตนหลวง เพื่อการท่องเที่ยวจังหวัดพะเยา ปีละ 1 ครั้ง ณ วัดศรีโคมคำ(วัดพระเจ้าตนหลวง) ริมกว๊านพะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการรณรงค์ป้องกันและแก้ไขปัญหายาเสพติด To Be Number one องค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">- เพื่อป้องกันและแก้ไขปัญหายาเสพติดในวัยรุ่นและเยาวชนของ จพะเยา
-- เพื่อให้วัยรุ่นและเยาวชนของ จ.พะเยา ใช้เวลาว่างให้เป็นประโยชน์และมีกิจกรรมการแสดงออกที่สร้างสรรค์
+    <t xml:space="preserve">- เพื่อป้องกันและแก้ไขปัญหายาเสพติดในวัยรุ่นและเยาวชนของ จพะเยา_x000D_
+- เพื่อให้วัยรุ่นและเยาวชนของ จ.พะเยา ใช้เวลาว่างให้เป็นประโยชน์และมีกิจกรรมการแสดงออกที่สร้างสรรค์_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">- อบรมให้ความรู้ด้านกฎหมายที่เกี่ยวข้องกับยาเสพติด - ประกวดร้องเพลงไทยลูกทุ่ง-ไทยสตริง พร้อมหางเครื่อง ประกวดเชียร์ลีดเดอร์ และการแข่งขันฟุตบอลเยาวชน ประเภท 11 คน - ดำเนินการในช่วงเดือน ส.ค-มี.ค </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการงานบวงสรวงพ่อขุนงำเมือง </t>
   </si>
   <si>
-    <t xml:space="preserve">1. เพื่อเป็นการรำลึกถึงพระวีรกรรมแห่งองค์พ่อขุนงำเมือง บูรพกษัตริย์แห่งเมืองพะเยา
-[...3 lines deleted...]
-4. เพื่อเผยแพร่ศิลปวัฒนธรรม ขนบธรรมเนียมประเพณี และวิถีชีวิตของคนพะเยาในอดีตให้อนุชนรุ่นหลังได้รับทราบ
+    <t xml:space="preserve">1. เพื่อเป็นการรำลึกถึงพระวีรกรรมแห่งองค์พ่อขุนงำเมือง บูรพกษัตริย์แห่งเมืองพะเยา_x000D_
+2.เพื่อให้ประชาชนชาวจังหวัดพะเยา และจังหวัดใกล้เคียงได้ร่วมกันถวายอาศิรวาทราชสดุดีเฉลิมพระเกียรติแด่องค์พ่อขุน_x000D_
+งำเมือง_x000D_
+3.เพื่อเผยแพร่พระเกียรติคุณให้ประชาชนทั่วไปได้รับทราบ_x000D_
+4. เพื่อเผยแพร่ศิลปวัฒนธรรม ขนบธรรมเนียมประเพณี และวิถีชีวิตของคนพะเยาในอดีตให้อนุชนรุ่นหลังได้รับทราบ_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">จัดงานบวงสรวง พ่อขุนงำเมือง ปีละ 1 ครั้ง กิจกรรม ดังนี้ - ประกอบพิธีกรรมทางศาสนา - ประกอบพิธีขึ้นท้าวทั้งสี่ บวงสรวงเทพยดาบูชาฤกษ์ ฯลฯ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการจัดงานวันเด็กแห่งชาติ </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อกระตุ้นให้เด็กและเยาวชนได้รวมเฉลิมฉลองและได้รับความสนุกสนานในงานวันเด็กแห่งชาติ
-[...1 lines deleted...]
-3.เพื่อเป็นการส่งเสริมพัฒนาการของเด็กให้มีความพร้อมตามวัยที่เหมาะสม
+    <t xml:space="preserve">1.เพื่อกระตุ้นให้เด็กและเยาวชนได้รวมเฉลิมฉลองและได้รับความสนุกสนานในงานวันเด็กแห่งชาติ_x000D_
+2.เพื่อให้เด็กและเยาวชนได้ทำกิจกรรมร่วมกันให้มีความคิดสร้างสรรค์และมีความกล้าแสดงออก_x000D_
+3.เพื่อเป็นการส่งเสริมพัฒนาการของเด็กให้มีความพร้อมตามวัยที่เหมาะสม_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">เด็กและเยาวชนในเขตจังหวัดพะเยาจำนวน 2,000 คน  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการพัฒนาศักยภาพผู้นำการออกกำลังกาย องค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">เพื่อให้ผู้นำการออกกำลังกายมีความรู้ ความเข้าใจ เกี่ยวกับหลักการออกกำลังกาย เพื่อสร้างเสริมสมรรถภาพทางกาย เป็นผู้นำด้านการออกกำลังกายได้อย่างถูกต้อง </t>
   </si>
   <si>
     <t xml:space="preserve">จัดอบรมเกี่ยวกับศักยภาพผู้นำการออกกำลังกาย โดยมีผู้เข้าร่วมโครงการ จำนวน 300 คน </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการจัดงานวันสถาปนาจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อระลึกถึงคุณงามความดีของผู้ล่วงลับที่มีคุณูปการต่อจังหวัดพะเยา และร่วมอุทิศส่วนกุศลให้แก่ผู้ล่วงลับ 
-[...1 lines deleted...]
-3. เพื่อรักษาขนบ ธรรมเนียมประเพณี
+    <t xml:space="preserve">1.เพื่อระลึกถึงคุณงามความดีของผู้ล่วงลับที่มีคุณูปการต่อจังหวัดพะเยา และร่วมอุทิศส่วนกุศลให้แก่ผู้ล่วงลับ _x000D_
+2.เพื่อสร้างความสามัคคีปรองดองของคนภายในจังหวัดพะเยา_x000D_
+3. เพื่อรักษาขนบ ธรรมเนียมประเพณี_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">1. จัดเตรียมสถานที่สำหรับพิธีขึ้นท้าวทั้ง 4 พิธีทำบุญตักบาตร พิธีบวงสรวงและพิธีสืบชะตาเมือง 2. จัดตั้งเต้นท์ เก้าอี้และชุดรับแขก 3. จัดซื้อน้ำดื่มสำหรับผู้เข้าร่วมพิธี </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการจัดงานวันท้องถิ่นไทย </t>
   </si>
   <si>
-    <t xml:space="preserve">-เพื่อน้อมรำลึกถึงพระมหากรุณาธิคุณของพระบาทสมเด็จพระจุลจอมเกล้าเจ้าอยู่หัวรัชกาลที่ ๕ ที่ทรงเล็งเห็นการเปลี่ยนแปลงการเมือง การปกครองของไทยในระดับล่างของประเทศ คือการกระจายอำนาจการปกครองให้กับท้องถิ่นได้ปกครองกันเองในอนาคต
-[...2 lines deleted...]
-พัฒนาท้องถิ่นโดยมุ่งผลสำเร็จอยู่ที่ประชาชนอยู่ดีมีสุขมีคุณภาพชีวิตที่ดีอย่างแท้จริงและยั่งยืน
+    <t xml:space="preserve">-เพื่อน้อมรำลึกถึงพระมหากรุณาธิคุณของพระบาทสมเด็จพระจุลจอมเกล้าเจ้าอยู่หัวรัชกาลที่ ๕ ที่ทรงเล็งเห็นการเปลี่ยนแปลงการเมือง การปกครองของไทยในระดับล่างของประเทศ คือการกระจายอำนาจการปกครองให้กับท้องถิ่นได้ปกครองกันเองในอนาคต_x000D_
+-เพื่อให้สาธารณชนเห็นความสำคัญของการปกครองท้องถิ่นซึ่งเป็นพื้นฐานของการปกครองระบอบประชาธิปไตย_x000D_
+-เพื่อส่งเสริมการมีส่วนร่วมระหว่างหน่วยงานราชการกับประชาชนในพื้นที่ได้มีส่วนร่วม_x000D_
+พัฒนาท้องถิ่นโดยมุ่งผลสำเร็จอยู่ที่ประชาชนอยู่ดีมีสุขมีคุณภาพชีวิตที่ดีอย่างแท้จริงและยั่งยืน_x000D_
 ฯลฯ </t>
   </si>
   <si>
     <t xml:space="preserve">-การเข้าร่วมกิจกรรวันท้องถิ่นไทยบูรณาการร่วมกับส่วนราชการจังหวัดพะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการทำบุญเนื่องในวันองค์การบริหารส่วนจังหวัด </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อเป็นการรำลึกถึงการก่อตั้งองค์การบริหารส่วนจังหวัดทั่วประเทศ
-[...1 lines deleted...]
-2.3  เพื่อสร้างความสามัคคีและสร้างความสมานฉันท์ สู่องค์กรที่มีคุณธรรมและจริยธรรม 
+    <t xml:space="preserve">1.เพื่อเป็นการรำลึกถึงการก่อตั้งองค์การบริหารส่วนจังหวัดทั่วประเทศ_x000D_
+2. เพื่อเป็นการทำนุบำรุงศาสนา และรักษาจารีตประเพณีของท้องถิ่น ตลอดจนปลูกจิตสำนึก ค่านิยม พัฒนาคุณธรรม จริยธรรม สร้างขวัญกำลังใจให้กับฝ่ายบริหารฝ่ายนิติบัญญัติ ข้าราชการ ลูกจ้าง พนักงานจ้างขององค์การบริหารส่วนจังหวัดพะเยา และผู้เข้าร่วมกิจกรรมในการปฏิบัติงานเพื่อประโยชน์ของประชาชนโดยส่วนรวม_x000D_
+2.3  เพื่อสร้างความสามัคคีและสร้างความสมานฉันท์ สู่องค์กรที่มีคุณธรรมและจริยธรรม _x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">จัดกิจกรรมทำบุญเนื่องในวันองค์การบริหารส่วนจังหวัด ปีละ 1 ครั้ง มีกิจกรรมดังนี้ - ประกอบพิธีบวงสรวงศาลพระภูมิเจ้าที่ ตามหลักศาสนาพราหมณ์ - ประกอบพิธีทำบุญถวายภัตตาหารเพลแด่พระสงฆ์ จำนวน 9 รูป - จัดกิจ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการวันวิทยาศาสตร์แห่งชาติองค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อเทิดพระเกียรติพระปรีชาสามารถด้านวิทยาศาสตร์และเทคโนโลยีของ
-[...3 lines deleted...]
-4.เพื่อเป็นการส่งเสริมให้นักเรียนนักศึกษา เยาวชน และประชาชนทั่วไปได้ศึกษาทางด้านวิทยาศาสตร์ดาราศาสตร์และเทคโนโลยีจากประสบการณ์จริง
+    <t xml:space="preserve">1.เพื่อเทิดพระเกียรติพระปรีชาสามารถด้านวิทยาศาสตร์และเทคโนโลยีของ_x000D_
+พระบาทสมเด็จพระจอมเกล้าเจ้าอยู่หัว รัชกาลที่ 4 พระบิดาแห่งวิทยาศาสตร์ไทย_x000D_
+2.เพื่อส่งเสริมและเผยแพร่ผลงานวิทยาศาสตร์และเทคโนโลยี_x000D_
+3.เพื่อกระตุ้นและส่งเสริมให้นักเรียนนักศึกษา เยาวชนและประชาชนทั่วไปได้ตระหนักถึงความสำคัญด้านวิทยาศาสตร์ _x000D_
+4.เพื่อเป็นการส่งเสริมให้นักเรียนนักศึกษา เยาวชน และประชาชนทั่วไปได้ศึกษาทางด้านวิทยาศาสตร์ดาราศาสตร์และเทคโนโลยีจากประสบการณ์จริง_x000D_
 5.เพื่อประกอบการประเมินประสิทธิภาพของ อปท.(LPA)ด้านที่ 4 การบริการสาธารณะ </t>
   </si>
   <si>
     <t xml:space="preserve">นักเรียน นักศึกษา เยาวชน และประชาชนทั่วไป ในเขตจังหวัดพะเยา  จำนวน 500 คน </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการวิทยาศาสตร์การทดลองผ่านช่องทางออนไลน์ </t>
   </si>
   <si>
-    <t xml:space="preserve">1. เพื่อบริการผู้ใช้ให้เข้ากับสถานการณ์ปัจจุบันโดยวิธีที่เข้าถึงผู้รับบริการอย่างมีประสิทธิภาพมากที่สุด
-[...1 lines deleted...]
-3. เพื่อประกอบการประเมินประสิทธิภาพขององค์กรปกครองส่วนท้องถิ่น (LPA) หน่วยที่ 4 การบริการสาธารณะ ข้อ 2 ด้านงานส่งเสริมคุณภาพชีวิต ตัวชี้วัดที่ 109
+    <t xml:space="preserve">1. เพื่อบริการผู้ใช้ให้เข้ากับสถานการณ์ปัจจุบันโดยวิธีที่เข้าถึงผู้รับบริการอย่างมีประสิทธิภาพมากที่สุด_x000D_
+2. เพื่อส่งเสริมพัฒนาความรู้ความสามารถที่มีและจำเป็นต้องมีนำมาประยุกต์เข้าด้วยกันให้เกิดความคิดสร้างสรรค์ พัฒนากระบวนการคิด และเพื่อการเสริมทักษะทางฟิสิกส์ และด้านวิทยาศาสตร์_x000D_
+3. เพื่อประกอบการประเมินประสิทธิภาพขององค์กรปกครองส่วนท้องถิ่น (LPA) หน่วยที่ 4 การบริการสาธารณะ ข้อ 2 ด้านงานส่งเสริมคุณภาพชีวิต ตัวชี้วัดที่ 109_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">จัดทำกิจกรรมโครงการวิทยาศาสตร์การทดลองผ่านช่องทางออนไลน์ ประจำปีงบประมาณ 2566 </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการสิ่งประดิษฐ์วิทยาศาสตร์ผ่านช่องทางออนไลน์ </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อบริการผู้ใช้ให้เข้ากับสถานการณ์ปัจจุบันโดยวิธีที่เข้าถึงผู้รับบริการอย่างมีประสิทธิภาพมากที่สุด
-[...1 lines deleted...]
-3. เพื่อประกอบการประเมินประสิทธิภาพขององค์กรปกครองส่วนท้องถิ่น (LPA) หน่วยที่ 4 การบริการสาธารณะ ข้อ 2 ด้านงานส่งเสริมคุณภาพชีวิต ตัวชี้วัดที่ 109
+    <t xml:space="preserve">1.เพื่อบริการผู้ใช้ให้เข้ากับสถานการณ์ปัจจุบันโดยวิธีที่เข้าถึงผู้รับบริการอย่างมีประสิทธิภาพมากที่สุด_x000D_
+2. เพื่อส่งเสริมพัฒนาความรู้ความสามารถที่มีและจำเป็นต้องมีนำมาประยุกต์เข้าด้วยกันให้เกิดความคิดสร้างสรรค์ พัฒนากระบวนการคิด และเพื่อการเสริมทักษะทางฟิสิกส์ และด้านวิทยาศาสตร์_x000D_
+3. เพื่อประกอบการประเมินประสิทธิภาพขององค์กรปกครองส่วนท้องถิ่น (LPA) หน่วยที่ 4 การบริการสาธารณะ ข้อ 2 ด้านงานส่งเสริมคุณภาพชีวิต ตัวชี้วัดที่ 109_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">จัดทำกิจกรรมสิ่งประดิษฐ์วิทยาศาสตร์ผ่านช่องทางออนไลน์ ประจำปีงบประมาณ 2566  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการฝึกอบรมเชิงปฏิบัติการเพื่อพัฒนาการสร้างผลิตภัณฑ์เซรามิก เพื่อเพิ่มโอกาสในการประกอบอาชีพให้ประชาชนจังหวัดพะเยา ประจำปีงบประมาณ พ.ศ.๒๕๖๖ องค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">๑.เพื่อฝึกอบรมเกี่ยวกับการสร้างผลิตภัณฑ์เซรามิกให้กับผู้สนใจในเขตพื้นที่จังหวัดพะเยา
-[...4 lines deleted...]
-๖.เพื่อกระตุ้นให้ประชาชนใช้เวลาว่างให้เป็นประโยชน์
+    <t xml:space="preserve">๑.เพื่อฝึกอบรมเกี่ยวกับการสร้างผลิตภัณฑ์เซรามิกให้กับผู้สนใจในเขตพื้นที่จังหวัดพะเยา_x000D_
+๒.เพื่อยกระดับรายได้และเพิ่มโอกาสในการประกอบอาชีพและสร้างรายได้ให้แก่ตนเองและครอบครัว_x000D_
+๓.เพิ่มช่องทางและสร้างรายได้ให้แก่ผู้ประสบปัญหาว่างงาน_x000D_
+๔.เพื่อส่งเสริมให้ประชาชนในพื้นที่จังหวัดพะเยา มีความรู้และทักษะในการสร้างผลิตภัณฑ์เซรามิกและสร้างรายได้เสริมเพิ่มขึ้น_x000D_
+๕.เพื่อส่งเสริมให้ประชาชนในพื้นที่จังหวัดพะเยา มีความสามารถในการสร้างผลิตภัณฑ์เซรามิกได้อย่างมีประสิทธิภาพ_x000D_
+๖.เพื่อกระตุ้นให้ประชาชนใช้เวลาว่างให้เป็นประโยชน์_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">จัดฝึกอบรมเกี่ยวกับการสร้างผลิตภัณฑ์เซรามิก จำนวน ๒ รุ่น รุ่นละ ๒๕ คน </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงซ่อมแซมเส้นจราจรทางหลวงแผ่นดินหมายเลข 1 ตอนทางเดิมเข้าเมืองพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">๑.เพื่อให้ประชาชนได้ระมัดระวังและลดปัจจัยเสี่ยงการเกิดอุบัติเหตุทางถนน
-๒.เพื่ออำนวยความสะดวกให้กับประชาชนผู้ใช้ถนน
+    <t xml:space="preserve">๑.เพื่อให้ประชาชนได้ระมัดระวังและลดปัจจัยเสี่ยงการเกิดอุบัติเหตุทางถนน_x000D_
+๒.เพื่ออำนวยความสะดวกให้กับประชาชนผู้ใช้ถนน_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ปรับปรุงซ่อมแซมเส้นจราจรเครื่องหมายจราจรบนผิวทาง ทางหลวงแผ่นดินหมายเลข ๑ ตอนทางเดิมเข้าเมืองพะเยาให้มีความชัดเจน </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการฝึกอบรมส่งเสริมอาชีพเลี้ยงปูขององค์การบริหารส่วนจังหวัดพะเยา ประจำปีงบประมาณ พ.ศ.๒๕๖๖ </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อส่งเสริมอาชีพให้กับประชาชนในเขตพื้นที่จังหวัดพะเยาให้มีรายได้และมีกิจกรรมเสริมสามารถยกระดับมาตรฐานคุณภาพชีวิตที่ดี และมีความสุขบนพื้นฐานปรัชญาเศรษฐกิจพอเพียง
-[...1 lines deleted...]
-3.เพื่อสร้างโอกาสและทางเลือกในการประกอบอาชีพให้กับประชาชนในพื้นที่จังหวัดพะเยา
+    <t xml:space="preserve">1.เพื่อส่งเสริมอาชีพให้กับประชาชนในเขตพื้นที่จังหวัดพะเยาให้มีรายได้และมีกิจกรรมเสริมสามารถยกระดับมาตรฐานคุณภาพชีวิตที่ดี และมีความสุขบนพื้นฐานปรัชญาเศรษฐกิจพอเพียง_x000D_
+2.เพื่อสนับสนุนการพัฒนาเครือข่ายประชาชนในพื้นที่จังหวัดพะเยาหรือการพัฒนาอื่นๆที่เกี่ยวข้องซึ่งจะสามารถเป็นกลไกในการบริหารจัดการกลุ่มเครือข่ายอาชีพได้อย่างต่อเนื่อง_x000D_
+3.เพื่อสร้างโอกาสและทางเลือกในการประกอบอาชีพให้กับประชาชนในพื้นที่จังหวัดพะเยา_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ฝึกอบรมเกี่ยวกับการเลี้ยงปู จำนวน 30 คน </t>
   </si>
   <si>
     <t xml:space="preserve">พัฒนาทรัพยากรธรรมชาติและสิ่งแวดล้อม </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการบริหารจัดการขยะอันตรายชุมชน </t>
   </si>
   <si>
-    <t xml:space="preserve">1. เพื่อดำเนินการกำจัดขยะอันตรายในเขต จ.พะเยา อย่างถูกต้องตามหลักวิชาการ
-[...1 lines deleted...]
-งาน
+    <t xml:space="preserve">1. เพื่อดำเนินการกำจัดขยะอันตรายในเขต จ.พะเยา อย่างถูกต้องตามหลักวิชาการ_x000D_
+2. เพื่อให้การบริหารจัดการขยะมูลฝอยชุมชน จ.พะเยา สัมฤทธิ์ผลตามมาตรการและแผน_x000D_
+งาน_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ดำเนินการขนส่งขยะอันตราย ไปกำจัด ณ บ่อขยะ/โรงงานกำจัดที่ได้รับอนุญาตจากกระทรวงอุตสาหกรรม </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการบริหารจัดการศูนย์บริหารจัดการน้ำ </t>
   </si>
   <si>
-    <t xml:space="preserve">- เพื่อพัฒนาศักยภาพเจ้าหน้าที่ประจำหน่วยปฏิบัติการฯ ในการใช้งานระบบสาระสนเทศทรัพยากรน้ำ และระบบภูมิสารสนเทศ เพื่อสนับสนุนการปฏิบัติงาน เพื่อให้มีความรู้ ความสามารถในการจัดทำแผนที่น้ำระดับหมู่บ้าน ตำบล อำเภอและจังหวัด
-[...1 lines deleted...]
-- เพื่อเพิ่มประสิทธิภาพการบริหารจัดการทรัพยากรธรรมชาติและสิ่งแวดล้อม บรรเทาผลกระทบต่อสิ่งแวดล้อมและภัยพิบัติทางธรรมชาติ
+    <t xml:space="preserve">- เพื่อพัฒนาศักยภาพเจ้าหน้าที่ประจำหน่วยปฏิบัติการฯ ในการใช้งานระบบสาระสนเทศทรัพยากรน้ำ และระบบภูมิสารสนเทศ เพื่อสนับสนุนการปฏิบัติงาน เพื่อให้มีความรู้ ความสามารถในการจัดทำแผนที่น้ำระดับหมู่บ้าน ตำบล อำเภอและจังหวัด_x000D_
+- เพื่อพัฒนาศักยภาพบุคลากรท้องถิ่น ผู้นำชุมชน กำนัน ผู้ใหญ่บ้าน กลุ่มผุ้ใช้น้ำในพื้นที่ จ.พะเยา ให้มีความรู้ ความสามารถจัดทำผังน้ำ แผนที่น้ำ สมดุลน้ำ ระดับหมู่บ้านและตำบล_x000D_
+- เพื่อเพิ่มประสิทธิภาพการบริหารจัดการทรัพยากรธรรมชาติและสิ่งแวดล้อม บรรเทาผลกระทบต่อสิ่งแวดล้อมและภัยพิบัติทางธรรมชาติ_x000D_
 - </t>
   </si>
   <si>
     <t xml:space="preserve">- ดำเนินการร่วมกับจังหวัดพะเยา อปท ผู้นำชุมชน กำนัน ผู้ใหญ่บ้าน ในพื้นที่ จ.พะเยา สถาบันสารสนเทศทรัพยากรน้ำ (องค์กรมหาชน) และกระทรวงการอุดมศึกษา วิทยาศาสตร์ วิจัยและนวัตกรรม </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการขุดลอกทุ่งสะแกง หมู่ที่ 11 ต.ท่าจำปี อ.เมือง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อเกษตรกรมีน้ำใช้ในการเกษตร    มีน้ำใช้สำหรับการอุปโภค-บริโภค  
-2.เพื่อป้องกันน้ำท่วม
+    <t xml:space="preserve">1.เพื่อเกษตรกรมีน้ำใช้ในการเกษตร    มีน้ำใช้สำหรับการอุปโภค-บริโภค  _x000D_
+2.เพื่อป้องกันน้ำท่วม_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ขุดลอกทุ่งสะแกง  เพื่อเพิ่มปริมาณกักเก็บน้ำไม่น้อยกว่า 13,240 ลบ.ม. ขุดดินด้วยรถขุดและปรับเกลี่ยให้เรียบร้อย    รายละเอียดตามประมาณราคาและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการขุดลอกลำเหมืองป่าตุ้ม บ้านสันทราย หมู่ที่ 3 ต.แม่ปืม อ.เมือง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อเกษตรกรมีน้ำใช้ในการเกษตร     มีน้ำใช้สำหรับการอุปโภค-บริโภค  
-2.เพื่อป้องกันน้ำท่วม
+    <t xml:space="preserve">1.เพื่อเกษตรกรมีน้ำใช้ในการเกษตร     มีน้ำใช้สำหรับการอุปโภค-บริโภค  _x000D_
+2.เพื่อป้องกันน้ำท่วม_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ขุดลอกลำเหมืองป่าตุ้ม  เพื่อเพิ่มปริมาณกักเก็บน้ำไม่น้อยกว่า 13,240 ลบ.ม.  ขุดดินด้วยรถขุดและปรับเกลี่ยให้เรียบร้อย    รายละเอียดตามประมาณราคาและ     แบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการขุดลอกลำน้ำเงิน บ้านปางผักหม หมู่ที่ 7 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อเกษตรกรมีน้ำใช้ในการเกษตร    มีน้ำใช้สำหรับการอุปโภค-บริโภค  และการทำอาชีพเสริม 
-2.เพื่อป้องกันน้ำท่วม
+    <t xml:space="preserve">1.เพื่อเกษตรกรมีน้ำใช้ในการเกษตร    มีน้ำใช้สำหรับการอุปโภค-บริโภค  และการทำอาชีพเสริม _x000D_
+2.เพื่อป้องกันน้ำท่วม_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ขุดลอกลำน้ำเงิน เพื่อเพิ่มปริมาณกักเก็บน้ำไม่น้อยกว่า 13,250 ลบ.ม. ขุดดินด้วยรถขุดและปรับเกลี่ยให้เรียบร้อย  รายละเอียดตามประมาณราคาและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการขุดลอกห้วยผักแว่น หมู่ที่ 12 ต.แม่ปืม อ.เมือง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">ขุดลอกห้วยผักแว่น  เพื่อเพิ่มปริมาณกักเก็บน้ำไม่น้อยกว่า 13,240 ลบ.ม. ขุดดินด้วยรถขุดและปรับเกลี่ยให้เรียบร้อย    รายละเอียดตามประมาณราคาและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการบริหารโรงงานผลิตปุ๋ยอินทรีย์ องค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">๑. เพื่อให้โรงงานสามารถนำผักตบชวาจากกว๊านพะเยาและวัสดุอินทรีย์มาเป็นวัตถุดิบในการผลิตให้เกิดประโยชน์ทางการเกษตรโดยการควบคุมผักตบชวา เศษวัชพืช และขยะบริเวณกว๊านพะเยา แม่น้ำ คูคลอง และไม่ก่อให้เกิดผลกระทบต่อแหล่งน้ำ   โดยดำเนินการจัดเก็บอย่างต่อเนื่องและนำมาใช้ประโยชน์เชิงปริมาณและคุ้มค่าทางเศรษฐกิจ  โดยนำมาผลิตเป็นเป็นปุ๋ยชีวภาพ ปุ๋ยอินทรีย์
-2. เพื่อแก้ไขปัญหาการจัดการขยะมูลฝอยและปัญหาการจัดการเศษอาหารจากร้านค้าและอาคารบ้านเรือนโดยรอบกว๊านพะเยา นำมาใช
+    <t xml:space="preserve">๑. เพื่อให้โรงงานสามารถนำผักตบชวาจากกว๊านพะเยาและวัสดุอินทรีย์มาเป็นวัตถุดิบในการผลิตให้เกิดประโยชน์ทางการเกษตรโดยการควบคุมผักตบชวา เศษวัชพืช และขยะบริเวณกว๊านพะเยา แม่น้ำ คูคลอง และไม่ก่อให้เกิดผลกระทบต่อแหล่งน้ำ   โดยดำเนินการจัดเก็บอย่างต่อเนื่องและนำมาใช้ประโยชน์เชิงปริมาณและคุ้มค่าทางเศรษฐกิจ  โดยนำมาผลิตเป็นเป็นปุ๋ยชีวภาพ ปุ๋ยอินทรีย์_x000D_
+2. เพื่อแก้ไขปัญหาการจัดการขยะมูลฝอยและปัญหาการจัดการเศษอาหารจากร้านค้าและอาคารบ้านเรือนโดยรอบกว๊านพะเยา นำมาใช_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">๑. กำจัดและควบคุมการแพร่กระจายของผักตบชวาในกว๊านพะเยา ได้ปีละ ๗,๐๐๐ ตันเพื่อลดมลพิษในกว๊านพะเยา ๒. จัดหาวัสดุอุปกรณ์ เช่น วัตถุดิบในการผลิต วัสดุอื่นๆ ที่เกี่ยวข้อง เป็นต้น ๓. มีการบริหารโรงงานผลิตปุ๋ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการขุดลอกห้วยลึก บ้านทุ่งแต หมู่ที่ 1 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">ขุดลอกห้วยลึก เพื่อเพิ่มปริมาณกักเก็บน้ำไม่น้อยกว่า 13,080 ลบ.ม. ขุดดินด้วยรถขุดและปรับเกลี่ยให้เรียบร้อย  รายละเอียดตามประมาณราคาและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการขุดสระสาธารณะ บ้านทุ่งแต หมู่ที่ 1 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">ขุดสระสาธารณะ เพื่อเพิ่มปริมาณกักเก็บน้ำไม่น้อยกว่า 13,100 ลบ.ม. ขุดดินด้วยรถขุดและปรับเกลี่ยให้เรียบร้อย  รายละเอียดตามประมาณราคาและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">พัฒนาการเมืองการบริหาร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการส่งเสริมพัฒนาความรู้ความเข้าใจในการบริหารงานและศึกษาดูงานของสมาชิกสภา อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">สำนักงานเลขานุการ, สำนักกิจการสภา </t>
   </si>
   <si>
-    <t xml:space="preserve">๑.เพื่อให้ ส.อบจ.มีแนวทางในการปฏิบัติงานทิศทางเดียวกันมีประสิทธิภาพสามารถสนองตอบต่อความต้องการของประชาชนได้อย่างดี
-[...2 lines deleted...]
-๔.เพื่อเสริมสร้างความเข้มแข็งให้กับหน่วยงาน อบจ.พะเยา
+    <t xml:space="preserve">๑.เพื่อให้ ส.อบจ.มีแนวทางในการปฏิบัติงานทิศทางเดียวกันมีประสิทธิภาพสามารถสนองตอบต่อความต้องการของประชาชนได้อย่างดี_x000D_
+๒.เพื่อให้ ส.อบจ.สามารถนำความรู้ทางบริหาร กฎหมาย วิทยาการ และเทคโนโลยีสมัยใหม่มาประยุกต์ใช้ในการปฎิบัติงาน_x000D_
+๓.เพื่อให้ ส.อบจ.ได้ระดมความคิดเห็นซึ้งกันและกันรู้จักการทำงานร่วมกันเป็นทีมมีความผูกพันรักใคร่หวงแหนท้องถิ่นและชุมชน_x000D_
+๔.เพื่อเสริมสร้างความเข้มแข็งให้กับหน่วยงาน อบจ.พะเยา_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ส.อบจ.พะเยา จำนวน ๒๔ คน และผู้เกี่ยวข้องได้เพิ่มศักยภาพในการเรียนรู้ด้านการทำงาน และนำความรู้ใหม่มาพัฒนา ถ่ายทอดให้กับประชาชนและพัฒนาองค์กรสมาชิกสภา อบจ.พะเยา สามารถนำความรู้มาประยุกต์ใช้เพื่อสร้างควา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการองค์การบริหาร ส่วนจังหวัดพะเยาเคลื่อนที่ ประจำปีงบประมาณ  พ.ศ.2567 </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เสริมสร้างกลไกกระบวนการ
-[...18 lines deleted...]
-พะเยา
+    <t xml:space="preserve">1.เสริมสร้างกลไกกระบวนการ_x000D_
+การส่งเสริมการเปิดโอกาส_x000D_
+ให้ประชาชนเข้ามามีส่วนร่วม_x000D_
+ในการดำเนินงานของ_x000D_
+องค์การบริหารส่วนจังหวัด_x000D_
+และบูรณาการร่วมกับหน่วยงาน_x000D_
+ราชการภายจังหวัด_x000D_
+องค์การบริหารส่วนจังหวัด_x000D_
+2.เพื่อประชาสัมพันธ์_x000D_
+การดำเนินงานตามนโยบายของ_x000D_
+นายกองค์การบริหารส่วนจังหวัด_x000D_
+การร่วมรับฟังและแลกเปลี่ยน_x000D_
+ความคิดเห็นของประชาชน_x000D_
+ในท้องถิ่น_x000D_
+3.การให้บริการแก่ประชาชน_x000D_
+โดยร่วมมือกับหน่วยงานราชการ_x000D_
+ภายในจังหวัด องค์กรปกครอง_x000D_
+ส่วนท้องถิ่น องค์กรภาคเอกชน_x000D_
+และกลุ่มจิตอาสาช่างเสริมสวย_x000D_
+พะเยา_x000D_
+_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">1.ส่งเสริมกระบวนการมีส่วนร่วมของประชาชน 2.ประชาชนได้รับข่าวสาร และแนวทางนโยบาย การดำเนินงาน 3.ประชาชนได้รับการบรรเทาทุกข์ การให้บริการประชาชน เป็นไปอย่างรวดเร็ว สะดวก และทั่วถึง 4.ได้รับทราบข้อูลปัญหา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการเช่าที่ดินธรณีสงฆ์ เพื่อตั้งศูนย์แสดงและจำหน่ายผลิตภัณฑ์ชุมชนและท้องถิ่น ขององค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1. เพื่อให้ประชาชนในจังหวัดพะเยา
-[...5 lines deleted...]
-ฯลฯ
+    <t xml:space="preserve">1. เพื่อให้ประชาชนในจังหวัดพะเยา_x000D_
+มีสถานที่ในการจัดแสดงและ_x000D_
+จำหน่ายผลิตภัณฑ์ชุมชนและ_x000D_
+ท้องถิ่น_x000D_
+2. เพื่อส่งเสริมอาชีพและส่งเสริม_x000D_
+การท่องเที่ยวของจังหวัดพะเยา_x000D_
+ฯลฯ_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">เช่าที่ดินธรณีสงฆ์ วัดศรีโคมคำ จังหวัดพะเยาเพื่อให้สามารถบริหารศูนย์แสดงและจำหน่ายผลิตภัณฑ์ชุมชนและท้องถิ่น ฯลฯ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการบริหารจัดการศูนย์แสดงและจำหน่ายผลิตภัณฑ์ชุมชนและท้องถิ่น ขององค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1. เพื่อให้สามารถบริหารจัดการ
-[...1 lines deleted...]
-ส่วนจังหวัดพะเยา ทั้งที่ดำเนินการเองและที่ร่วมบูรณาการกับหน่วยงานอื่น
+    <t xml:space="preserve">1. เพื่อให้สามารถบริหารจัดการ_x000D_
+ศูนย์แสดงและจำหน่ายผลิตภัณฑ์ชุมชนและท้องถิ่นทุกแห่งที่อยู่ในความรับผิดชอบขององค์การบริหาร_x000D_
+ส่วนจังหวัดพะเยา ทั้งที่ดำเนินการเองและที่ร่วมบูรณาการกับหน่วยงานอื่น_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">บริหารจัดการศูนย์แสดงและจำหน่ายผลิตภัณฑ์ชุมชนและท้องถิ่นทุกแห่ง ที่อยู่ในความรับผิดชอบขององค์การบริหารส่วนจังหวัดพะเยา ทั้งที่ดำเนินการเอง และที่ร่วมบูรณาการกับหน่วยงานอื่น ทั้งแบบออฟไลน์ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการจัดทำหนังสือรายงานผลการดำเนินงานของสภาองค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อเป็นการปฏิบัติตาม
-[...8 lines deleted...]
-และประชาชนทั่วไปได้รับทราบ
+    <t xml:space="preserve">1.เพื่อเป็นการปฏิบัติตาม_x000D_
+รัฐธรรมนูญแห่งราชอาณาจักรไทย_x000D_
+พ.ศ.2560 หมวด 14 _x000D_
+การปกครองส่วนท้องถิ่น_x000D_
+2.เพื่อเป็นการเผยแพร่_x000D_
+ประชาสัมพันธ์ผลการดำเนินงาน_x000D_
+ของสภา องค์การบริหาร_x000D_
+ส่วนจังหวัดพะเยา_x000D_
+ไปยังหน่วยงานต่างๆ_x000D_
+และประชาชนทั่วไปได้รับทราบ_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">จัดทำหนังสือรายงานผล การดำเนินงานของสภา องค์การบริหารส่วนจังหวัดพะเยา จำนวน 2,800 เล่ม ขนาด 29.7x21 ซม. จำนวน 36 หน้า (รวมปก) กระดาษปกอาร์ต 210 แกรม อาบยูวี เนื้อในกระดาษอาร์มัน 120 แกรม เย็บมุงหลัง พ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการประชาคมหมู่บ้านเพื่อรับฟังความคิดเห็นของประชาชน ประจำปี 2566 โดยองค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">๑.เพื่อส่งเสริมการมีส่วนร่วมของราษฎรในการพัฒนาท้องถิ่นโดยสร้างกระบวนการให้ประชาชนเข้ามามีส่วนร่วมในการดำเนินการโครงการของ อบจ.พะเยา
-[...1 lines deleted...]
-๓.เพื่อรับฟังข้อมูลและแนวทางการดำเนินงานและความต้องการของประชาชนรวมทั้งแก้ไขปัญหาในพื้นที่ซึ้งผลจากการดำเนินโครงการและเพื่อก่อเกิดประโยชน์แก่ประชาชน
+    <t xml:space="preserve">๑.เพื่อส่งเสริมการมีส่วนร่วมของราษฎรในการพัฒนาท้องถิ่นโดยสร้างกระบวนการให้ประชาชนเข้ามามีส่วนร่วมในการดำเนินการโครงการของ อบจ.พะเยา_x000D_
+๒.เพื่อรับฟังความคิดเห็นของประชาชนต่อโครงการต่างๆที่จะดำเนินงานในปีงบประมาณ ๒๕๖๖ หรืองานในอำนาจหน้าที่ในการจัดระบบสาธารณะของ อบจ.พะเยา_x000D_
+๓.เพื่อรับฟังข้อมูลและแนวทางการดำเนินงานและความต้องการของประชาชนรวมทั้งแก้ไขปัญหาในพื้นที่ซึ้งผลจากการดำเนินโครงการและเพื่อก่อเกิดประโยชน์แก่ประชาชน_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">๑.เพื่อรับฟังความคิดเห็นของประชาชนจำนวนไม่น้อยกว่า ๕๐ คน หรือกิจกรรมโครงการขนาดที่มีผลกระทบกับประชาชน ๒.เพื่อนำข้อมูลที่ได้รับมาเป็นแนวทางแก้ไขปัญหาที่จะเกิดขึ้น ๓.เพื่อสร้างความร่วมมือระหว่างประชาชนแ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการฝึกอบรมเพื่อสืบสาน ภูมิปัญญาท้องถิ่นและพัฒนาผลิตภัณฑ์ ฝ้ายหลวงสู่การส่งเสริมอาชีพให้ประชาชน จังหวัดพะเยา อย่างยั่งยืน </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อถ่ายทอดความรู้ผลิตภัณฑ์ฝ้ายหลวงให้กับผู้สนใจในพื้นที่จังหวัดพะเยา
-[...1 lines deleted...]
-3.เพื่อส่งเสริมให้ประชาชนในพื้นที่จังหวัดพะเยามีความรู้และสามารถพัฒนาทักษะในการประกอบอาชีพ
+    <t xml:space="preserve">1.เพื่อถ่ายทอดความรู้ผลิตภัณฑ์ฝ้ายหลวงให้กับผู้สนใจในพื้นที่จังหวัดพะเยา_x000D_
+2.เพื่อสืบสานภูมิปัญญาท้องถิ่นและพัฒนาผลิตภัณฑ์ฝ้ายหลวงสู่การส่งเสริมอาชีพให้ประชาชนจังหวัดพะเยา อย่างยั่งยืน_x000D_
+3.เพื่อส่งเสริมให้ประชาชนในพื้นที่จังหวัดพะเยามีความรู้และสามารถพัฒนาทักษะในการประกอบอาชีพ_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ฝึกอบรมเพื่อสืบสานภูมิปัญญาท้องถิ่นและพัฒนาผลิตภัณฑ์ฝ้ายหลวงสู่การส่งเสริมอาชีพให้ประชาชนจังหวัดพะเยา จำนวน 40 คน </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการฝึกอบรมเชิงปฏิบัติการ "หลักสูตร ผู้ช่วยแพทย์แผนไทย 330 ชั่วโมง" </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการพัฒนาต้นแบบ และจัดตั้งคลินิคบริการ แพทย์แผนไทยและ แพทย์ทางเลือกใน  รพ.สต. </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อขับเคลื่อนนโยบาย
-[...21 lines deleted...]
-ประชาชนในพื้นที่
+    <t xml:space="preserve">1.เพื่อขับเคลื่อนนโยบาย_x000D_
+ของผู้บริหารองค์การ_x000D_
+ส่วนจังหวัดพะเยา _x000D_
+ในด้านการสาธารณสุข_x000D_
+และการกีฬาเกิดเป็น_x000D_
+รูปธรรมและมีผลสัมฤทธิ์_x000D_
+ในพื้นที่_x000D_
+_x000D_
+2.เพื่อพัฒนาต้นแบบและ_x000D_
+จัดตั้งคลินิกแพทย์แผน_x000D_
+ไทยและแพทย์ทางเลือก_x000D_
+ในหน่วยบริการสาธารณ_x000D_
+สุขพื้นที่นำร่อง_x000D_
+_x000D_
+3.เพื่อยกระดับคุณภาพ_x000D_
+และมาตรฐานของการให้_x000D_
+บริการแพทย์แผนไทย_x000D_
+และแพทย์ทางเลือกใน_x000D_
+หน่วยบริการสาธารณสุข_x000D_
+พื้นที่นำร่อง_x000D_
+_x000D_
+4.เพื่อเป็นทางเลือกใน_x000D_
+การรับบริการแพทย์_x000D_
+แผนไทยและแพทย์ทาง_x000D_
+เลือกสำหรับพี่น้อง_x000D_
+ประชาชนในพื้นที่_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">1.สอน./รพ.สต.ในสังกัด 9 อำเภอ ๆ ละ 1 แห่ง  2.บุคลากรแพทย์แผนไทย, ผู้ช่วยแพทย์แผนไทย และผู้ประสานงาน  จำนวน 25 คน </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการมหกรรมการเกษตรและท่องเที่ยวถนนสายดอกไม้งามริมกว๊านพะเยาโดยองค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. ซอย 15 บ้านทุ่งมอก ม.2 ต.เชียงบาน  อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1  เพื่อก่อสร้างถนน   ค.ส.ล. ให้สามารถใช้งานได้อย่างมีระสิทธิภาพ ปลอดภัย
-2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1  เพื่อก่อสร้างถนน   ค.ส.ล. ให้สามารถใช้งานได้อย่างมีระสิทธิภาพ ปลอดภัย_x000D_
+2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4.00 ม. ยาว 202.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 808.00 ตร.ม. (มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4ม. ยาว 202ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 808ตร.ม. (มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  หมู่ที่ 6,17  ต.แม่กา เชื่อม ต.แม่นาเรือ  อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1  เพื่อปรับปรุงถนนลูกรังบดอัดแน่นให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1  เพื่อปรับปรุงถนนลูกรังบดอัดแน่นให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,680.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,411.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,680ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,411ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายม่อนแจ้ง หมู่ที่ 4 ต.สระ อ.เชียงม่วน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,700.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,428.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,700ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,428ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยอวน หมู่ที่ 4 ต.สระ อ.เชียงม่วน จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร หมู่ที่  9 ต.บ้านต๊ำ อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1 ปรับปรุงถนนลูกรังบดอัดแน่น
-[...6 lines deleted...]
-มากขึ้น
+    <t xml:space="preserve">1 ปรับปรุงถนนลูกรังบดอัดแน่น_x000D_
+เข้าสู่พื้นที่การเกษตรให้สามารถ_x000D_
+ใช้งานได้อย่างมีประสิทธิภาพ _x000D_
+ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและ_x000D_
+คมนาคมขนส่งผลิตผลทาง_x000D_
+การเกษตรได้รับความสะดวก_x000D_
+มากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,680.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,411.00 ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,680ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,411ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายบวกกิ่วไปสวนธรรม หมู่ที่ 2 ต.แม่ปืม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,700.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,428.00 ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,700ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,428ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. ซอยหน้าป้อมยาม บ้านร่องส้าน ม.8 ต.ร่มเย็น อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1  ก่อสร้างถนนค.ส.ล. ใช้งาน
-[...4 lines deleted...]
-มากขึ้น
+    <t xml:space="preserve">1  ก่อสร้างถนนค.ส.ล. ใช้งาน_x000D_
+ได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและ_x000D_
+คมนาคมขนส่งผลิตผลทาง_x000D_
+การเกษตรได้รับความสะดวก_x000D_
+มากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4.00 ม. ยาว  205.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า  820.00 ตร.ม (มีงานไหล่ทางลูกรัง)รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4ม. ยาว  205ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า  820ตร.ม (มีงานไหล่ทางลูกรัง)รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สาย สปก.หมู่ที่ 6 ต.ศรีถ้อย เชื่อม ต.เจริญราษฎร์ อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1  ปรับปรุงถนนหินคลุกเข้าสู่
-[...5 lines deleted...]
-มากขึ้น
+    <t xml:space="preserve">1  ปรับปรุงถนนหินคลุกเข้าสู่_x000D_
+พื้นที่การเกษตรให้สามารถใช้งาน_x000D_
+ได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและ_x000D_
+คมนาคมขนส่งผลิตผลทาง_x000D_
+การเกษตรได้รับความสะดวก_x000D_
+มากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  2,140.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  642.00 ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  2,140ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  642ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยงุ้น บ้านห้วยส้าน ม.4 ต.ภูซาง อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,400.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,176.00 ลบ.ม สายที่ 2 ขนาดผิวจร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,400ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,176ลบ.ม สายที่ 2 ขนาดผิวจร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. สายศาลเจ้าพ่อหนองร่องแช่ ม.8 ต.อ่างทอง อ.เชียงคำ เชื่อม ต.หงส์หิน อ.จุน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4.00 ม. ยาว 205.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 820.00 ตร.ม.   (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4ม. ยาว 205ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 820ตร.ม.   (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ม.8 ต.ทุ่งกล้วย เชื่อม ต.ภูซาง อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1  ปรับปรุงถนนหินคลุกเข้าสู่
-[...6 lines deleted...]
-มากขึ้น
+    <t xml:space="preserve">1  ปรับปรุงถนนหินคลุกเข้าสู่_x000D_
+พื้นที่การเกษตรให้สามารถใช้_x000D_
+งานได้อย่างมีประสิทธิภาพ _x000D_
+ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและ_x000D_
+คมนาคมขนส่งผลิตผลทาง_x000D_
+การเกษตรได้รับความสะดวก_x000D_
+มากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกแน่นเข้าสู่พื้นที่การเกษตร  โดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว  450.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  157.00 ลบ.ม (คิวหลวม)สายที่ 2 ขนาดผิ </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกแน่นเข้าสู่พื้นที่การเกษตร  โดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว  450ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  157ลบ.ม (คิวหลวม)สายที่ 2 ขนาดผิ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยจำตาง บ้านน้ำฮาก หมู่ที่ 16 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ม.4 ต.สันโค้ง เชื่อม ต.ดอนศรีชุม อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว  1,875.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  656.00 ลบ.ม (คิวหลวม)สายที่ 2 ขนาดผิวจรา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว  1,875ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  656ลบ.ม (คิวหลวม)สายที่ 2 ขนาดผิวจรา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายน้ำขาม บ้านผาตั้ง หมู่ที่ 6 ต.ขุนควร อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 6 ต.จำป่าหวาย อ.เมืองพะเยา เชื่อม ต.คือเวียง อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1. ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2. เพื่อให้ประชาชนได้สัญจรและคมนาคม ขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1. ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2. เพื่อให้ประชาชนได้สัญจรและคมนาคม ขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
+_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจร กว้างเฉลี่ย 4.00 ม. ยาว 2,000.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 800.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจร กว้างเฉลี่ย 4ม. ยาว 2,000ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 800ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ม.1 ต.ห้วยลาน อ.ดอกคำใต้ เชื่อม ต.ห้วยแก้ว อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  1,400.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  420.00 ลบ.ม (คิวหลวม)สายที่ 2 ขนาดผิวจรา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  1,400ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  420ลบ.ม (คิวหลวม)สายที่ 2 ขนาดผิวจรา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 11 ต.บ้านต๊ำ อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,660.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  664.00 ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,660ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  664ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายวัดพระธาตุจอมก้อ หมู่ที่ 6 ต.เจริญราษฎร์ เชื่อม ต.ศรีถ้อย อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยคอกควาย-พระธาตุทันตา หมู่ที่ 15 ต.แม่ปืม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 6 ต.บ้านใหม่ อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  1,000.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  300.00 ลบ.ม (คิวหลวม) ช่วงที่ 2 ขนาดผิว </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  1,000ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  300ลบ.ม (คิวหลวม) ช่วงที่ 2 ขนาดผิว </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  สายน้ำขาน (ช่วงที่ 2) บ้านหนองบัว หมู่ที่ 2 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,780.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,495.00 ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,780ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,495ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายข้างโรงเรียน บ้านใหม่น้ำเงิน หมู่ที่ 12 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,800.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,512.00 ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,800ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,512ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายน้ำคะ บ้านแฮะ หมู่ที่ 11 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายห้วยต้นมื่น หมู่ที่ 8 ต.ศรีถ้อย เชื่อม ต.แม่สุก อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายน้ำอิง หมู่ที่ 4  ต.บ้านใหม่  เชื่อม  ต.แม่ปืม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1  เพื่อปรับปรุงถนนหินคลุกให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1  เพื่อปรับปรุงถนนหินคลุกให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 2,150.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 645.00 ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดต </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 2,150ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 645ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดต </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการซ่อมสร้างผิวทางแอสฟัลต์คอนกรีตโดยวิธี Pavement In Place Recycling รหัสสายทาง พย.ถ. 10012 บ.ป่าสัก - บ.นาหนุน ต.ป่าสัก เชื่อม ต.ภูซาง  อ.ภูซาง จ.พะเยา (ช่วงที่ 3) </t>
   </si>
   <si>
-    <t xml:space="preserve">1 ซ่อมสร้างผิวทางแอสฟัลต์คอนกรีตให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1 ซ่อมสร้างผิวทางแอสฟัลต์คอนกรีตให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ซ่อมสร้างผิวทางแอสฟัลต์คอนกรีตโดยวิธี Pavement In Place Recycling  ระยะทางดำเนินการ 1.180 กม. ช่วง กม. 5+370 ถึง กม. 6+550  ผิวทางกว้าง 6.00-8.00 เมตร หรือมีพื้นที่ไม่น้อยกว่า 8,113.00 ตร.ม.รายละเอียด </t>
+    <t xml:space="preserve">ซ่อมสร้างผิวทางแอสฟัลต์คอนกรีตโดยวิธี Pavement In Place Recycling  ระยะทางดำเนินการ 1.180 กม. ช่วง กม. 5+370 ถึง กม. 6+550  ผิวทางกว้าง 6.00-8เมตร หรือมีพื้นที่ไม่น้อยกว่า 8,113ตร.ม.รายละเอียด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการเสริมผิวทางแอสฟัลท์   ติกคอนกรีต รหัสสายทาง พย.ถ.10027   บ.แม่ใส - บ.ร่องคำน้อย ต.แม่ใส เชื่อม ต.แม่นาเรือ  อ.เมืองพะเยา  จ.พะเยา (ช่วงที่ 1) </t>
   </si>
   <si>
-    <t xml:space="preserve">1  เสริมผิวทางแอสฟัลท์ติกคอนกรีตให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1  เสริมผิวทางแอสฟัลท์ติกคอนกรีตให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">เสริมผิวทางแอสฟัลท์ติกคอนกรีต  ระยะทางดำเนินการ 2.000 กม. ช่วง กม. 0+000 ถึง กม. 2+000 ผิวทางกว้าง 7.00 เมตร หรือมีพื้นที่รวมกันไม่น้อยกว่า 13,930 ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">เสริมผิวทางแอสฟัลท์ติกคอนกรีต  ระยะทางดำเนินการ 2.000 กม. ช่วง กม. 0+000 ถึง กม. 2+000 ผิวทางกว้าง 7เมตร หรือมีพื้นที่รวมกันไม่น้อยกว่า 13,930 ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In - Place Recycling รหัสสายทาง พย.ถ.10047 บ้านแวน - บ้านผาฮาว ต.น้ำแวน  เชื่อม ต.ทุ่งผาสุข  อ.เชียงคำ  จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1  ซ่อมแซมผิวทางให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1  ซ่อมแซมผิวทางให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In - Place Recycling   ช่วง กม. 0+000 ถึง กม. 4+000 ผิวทางกว้างเฉลี่ย 5.00 ? 7.00 เมตร ระยะทาง 4.00 กม. หรือมีพื้นที่ไม่น้อยกว่า 24,850 ตร.ม. รายละเอีย </t>
+    <t xml:space="preserve">ซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In - Place Recycling   ช่วง กม. 0+000 ถึง กม. 4+000 ผิวทางกว้างเฉลี่ย 5? 7เมตร ระยะทาง 4กม. หรือมีพื้นที่ไม่น้อยกว่า 24,850 ตร.ม. รายละเอีย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการซ่อมสร้างผิวทางแอสฟัลต์คอนกรีตโดยวิธี Pavement In Place Recycling รหัสสายทาง พย.ถ. 10061 บ.แช่แห้ง - บ.หัวขัว ต.หย่วน  อ.เชียงคำ เชื่อม  ต.สบบง อ.ภูซาง  จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ซ่อมสร้างผิวทางแอสฟัลต์คอนกรีตโดยวิธี Pavement In Place Recycling ระยะทางดำเนินการ 1.580 กม. ช่วง กม. 0+000 ถึง กม. 1+580   ผิวทางกว้าง 6.00 เมตร หรือมีพื้นที่ไม่น้อยกว่า 9,480.00 ตร.ม.(รวมทางเชื่อม)  </t>
+    <t xml:space="preserve">ซ่อมสร้างผิวทางแอสฟัลต์คอนกรีตโดยวิธี Pavement In Place Recycling ระยะทางดำเนินการ 1.580 กม. ช่วง กม. 0+000 ถึง กม. 1+580   ผิวทางกว้าง 6เมตร หรือมีพื้นที่ไม่น้อยกว่า 9,480ตร.ม.(รวมทางเชื่อม)  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยไผ่หลวง ม.3 ต.บ้านปิน เชื่อม ต.คือเวียง อ.ดอกคำใต้ จ.พะเยา   </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,800.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,512.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,800ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,512ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการซ่อมสร้างผิวทางแอสฟัลต์คอนกรีตโดยวิธี Pavement In Place Recycling รหัสสายทาง พย.ถ. 10011  บ.สันจกปก - บ.ปาง ต.ดอกคำใต้ เชื่อม ต.คือเวียง  อ.ดอกคำใต้  จ.พะเยา (ตอนที่ 4) </t>
   </si>
   <si>
-    <t xml:space="preserve">ซ่อมสร้างผิวทางแอสฟัลต์คอนกรีตโดยวิธี Pavement In Place Recycling  ระยะทางดำเนินการ 1.870 กม. ช่วง กม. 6+225 ถึง กม. 8+095  ผิวทางกว้าง 7.00-8.00 เมตร หรือมีพื้นที่ไม่น้อยกว่า 14,025.00 ตร.ม.รายละเอีย </t>
+    <t xml:space="preserve">ซ่อมสร้างผิวทางแอสฟัลต์คอนกรีตโดยวิธี Pavement In Place Recycling  ระยะทางดำเนินการ 1.870 กม. ช่วง กม. 6+225 ถึง กม. 8+095  ผิวทางกว้าง 7.00-8เมตร หรือมีพื้นที่ไม่น้อยกว่า 14,025ตร.ม.รายละเอีย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In - Place Recycling รหัสสายทาง พย.ถ.10037 บ.ดงเจน - บ.ห้วยแก้ว ต.ดงเจน เชื่อม ต.ห้วยแก้ว  อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1  เพื่อซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1  เพื่อซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In ? Place Recycling ระยะทางดำเนินการ 1.420 กม. ช่วง กม. 5+530 ถึง กม. 6+950 ผิวทางกว้าง 6.00 เมตร หรือมีพื้นที่รวมกันไม่น้อยกว่า 8,520 ตร.ม. รายละเอีย </t>
+    <t xml:space="preserve">ซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In ? Place Recycling ระยะทางดำเนินการ 1.420 กม. ช่วง กม. 5+530 ถึง กม. 6+950 ผิวทางกว้าง 6เมตร หรือมีพื้นที่รวมกันไม่น้อยกว่า 8,520 ตร.ม. รายละเอีย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร บ้านทุ่งเย็น ม.1  ต.แม่ลาว อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 1,390.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 486.00 ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดต </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 1,390ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 486ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดต </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงห้องน้ำอาคารสำนักงาน อบจ.พะเยา บริเวณชั้น 1 และชั้น 2 อาคาร 1 </t>
   </si>
   <si>
-    <t xml:space="preserve">1 เพื่อให้ห้องน้ำสามารถใช้งานได้
-[...3 lines deleted...]
-ปลอดภัย
+    <t xml:space="preserve">1 เพื่อให้ห้องน้ำสามารถใช้งานได้_x000D_
+ปกติ_x000D_
+2 ผู้มาติดต่อราชการและเจ้าหน้าที่ _x000D_
+อบจสามารถใช้ห้องน้ำด้วยความ_x000D_
+ปลอดภัย_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ปรับปรุงห้องน้ำอาคารสำนักงาน อบจ.พะเยา บริเวณชั้น 1และชั้น2  อาคาร 1 ด้วยทำการรื้อถอนและ ก่อสร้างปรับปรุงใหม่  รายละเอียดตามประมาณการ และแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In - Place Recycling  หมู่ที่  13,7  ต.แม่นาเรือ   อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In ? Place Recycling ระยะทางดำเนินการ 1.580 กม. ช่วง กม. 0+000 ถึง กม. 1+580 ผิวทางกว้าง 6.00 เมตร หรือมีพื้นที่รวมกันไม่น้อยกว่า 9,480 ตร.ม. รายละเอีย </t>
+    <t xml:space="preserve">ซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In ? Place Recycling ระยะทางดำเนินการ 1.580 กม. ช่วง กม. 0+000 ถึง กม. 1+580 ผิวทางกว้าง 6เมตร หรือมีพื้นที่รวมกันไม่น้อยกว่า 9,480 ตร.ม. รายละเอีย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ม.7  ต.ดงสุวรรณ   อ.ดอกคำใต้ เชื่อม  ต.สันโค้ง อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,850.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,554.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,850ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,554ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการเสริมผิวทางแอสฟัลท์ติกคอนกรีต รหัสสายทาง พย.ถ.10027  บ.แม่ใส - บ.ร่องคำน้อย ต.แม่ใส เชื่อม ต.แม่นาเรือ อ.เมืองพะเยา      จ.พะเยา (ช่วงที่ 1) </t>
   </si>
   <si>
-    <t xml:space="preserve">1  เพื่อเสริมผิวทางแอสฟัลท์ติกคอนกรีต ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1  เพื่อเสริมผิวทางแอสฟัลท์ติกคอนกรีต ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">เสริมผิวทางแอสฟัลท์ติกคอนกรีต ระยะทางดำเนินการ 2.000 กม. ช่วง กม. 0+000 ถึง กม. 2+000 ผิวทางกว้าง 7.00 เมตร หรือมีพื้นที่รวมกันไม่น้อยกว่า 13,930 ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">เสริมผิวทางแอสฟัลท์ติกคอนกรีต ระยะทางดำเนินการ 2.000 กม. ช่วง กม. 0+000 ถึง กม. 2+000 ผิวทางกว้าง 7เมตร หรือมีพื้นที่รวมกันไม่น้อยกว่า 13,930 ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In - Place Recycling  บ้านดงเจริญ - บ้านหนองท่าควาย หมู่ที่ 11 ต.ควร เชื่อม หมู่ที่ 7 ต.นาปรัง อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In ? Place Recycling ระยะทางดำเนินการ 2.050 กม. ช่วง กม. 0+000 ถึง กม. 2+050 ผิวทางกว้าง 6.00 เมตร หรือมีพื้นที่รวมกันไม่น้อยกว่า 12,300 ตร.ม. รายละเอี </t>
+    <t xml:space="preserve">ซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In ? Place Recycling ระยะทางดำเนินการ 2.050 กม. ช่วง กม. 0+000 ถึง กม. 2+050 ผิวทางกว้าง 6เมตร หรือมีพื้นที่รวมกันไม่น้อยกว่า 12,300 ตร.ม. รายละเอี </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In - Place Recycling  หมู่ที่ 17,2,3 และ 12  ต.ห้วยแก้ว เชื่อม   ต.ดงเจน อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In ? Place Recycling ระยะทางดำเนินการ 2.600 กม. ช่วง กม. 0+000 ถึง กม. 2+600 ผิวทางกว้าง 6.00 เมตร หรือมีพื้นที่รวมกันไม่น้อยกว่า 15,600 ตร.ม. รายละเอี </t>
+    <t xml:space="preserve">ซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In ? Place Recycling ระยะทางดำเนินการ 2.600 กม. ช่วง กม. 0+000 ถึง กม. 2+600 ผิวทางกว้าง 6เมตร หรือมีพื้นที่รวมกันไม่น้อยกว่า 15,600 ตร.ม. รายละเอี </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายโทรกผา-บ่อขยะ ม.1 ต.บ้านปิน เชื่อม ต.คือเวียง อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายเหล่าดง ม.2 ต.หนองหล่ม เชื่อม ต.บ้านถ้ำ อ.ดอกคำใต้  จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อปรับปรุงถนนลูกรังให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ
-2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย
+    <t xml:space="preserve">1.เพื่อปรับปรุงถนนลูกรังให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ_x000D_
+2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย_x000D_
+_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 850.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 629.00 ลบ.ม.   สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 600.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 444.00 ลบ.ม.   สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 600.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 444.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,517.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 850ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 629ลบ.ม.   สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 600ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 444ลบ.ม.   สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 600ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 444ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,517ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการขุดขยายสระเก็บน้ำป่าสุสาน  บ้านนาดอ หมู่ที่ 17 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ขุดขยายสระเก็บน้ำ เพื่อเพิ่มพื้นที่กักเก็บน้ำไม่น้อยกว่า 11,250.00 ลบ.ม. ขุดดินด้วยรถขุดและปรับเกลี่ยให้เรียบร้อยรายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ขุดขยายสระเก็บน้ำ เพื่อเพิ่มพื้นที่กักเก็บน้ำไม่น้อยกว่า 11,250ลบ.ม. ขุดดินด้วยรถขุดและปรับเกลี่ยให้เรียบร้อยรายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายนายซาว-ห้วยไผ่หลวง ม.3 ต.บ้านปิน เชื่อม   ต.หนองหล่ม    อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,050.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 882.00 ลบ.ม. สายที่ 2 ขนาดผิวจราจ </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,050ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 882ลบ.ม. สายที่ 2 ขนาดผิวจราจ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรัง บดอัดแน่นเข้าสู่พื้นที่การเกษตร หมู่ที่ 18  ต.แม่กา อ.เมืองพะเยา เชื่อม ต.บ้านปิน  อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,650.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,386.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,650ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,386ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายป่าสุสาน บ้านดอนไชยป่าแขม  หมู่ที่ 3 ต.ออย เชื่อม ต.งิม  อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 500.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 420.00 ลบ.ม. สายที่ 2 ขนาดผิวจราจรก </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 500ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 420ลบ.ม. สายที่ 2 ขนาดผิวจราจรก </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายป่าเคียนงามลงทุ่งเฮ้อ-สนามกอล์ฟ ม.7 ต.เชียงบาน อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,200.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,008.00 ลบ.ม. สายที่ 2 ขนาดผิวจร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,200ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,008ลบ.ม. สายที่ 2 ขนาดผิวจร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างลานจอดรถ   ค.ส.ล. บริเวณโดยรอบอัฒจันทร์ ๒ ภายในสนามกีฬากลางจังหวัดพะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">เพื่อก่อสร้างลานจอดรถ ค.ส.ล. บริเวณโดยรอบอัฒจันทร์ ๒ ภายในสนามกีฬากลางจังหวัดพะเยา ต.บ้านต๋อม  อ.เมืองพะเยา จ.พะเยา (งานบริหารสนามกีฬาจังหวัดพะเยา) </t>
   </si>
   <si>
     <t xml:space="preserve">๑. ทำการก่อสร้างพื้นลานจอดรถ  ค.ส.ล. บริเวณ โรงจอดรถ ๑ ขนาดกว้าง ๗.๐๐ ม. ยาว ๒๒.๕๐ ม. หนา ๐.๑๐ ม. หรือมีพื้นที่ไม่น้อยกว่า ๑๕๗.๕๐ ตร.ม.   ๒.ทำการก่อสร้างพื้นลานจอดรถ ค.ส.ล. บริเวณโรงจอดรถ ๒ ขนาดกว้าง  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In - Place Recycling รหัสสายทาง พย.ถ.10061 บ้านแช่แห้ง - บ้านหัวขัว   ต.หย่วน อ.เชียงคำ  เชื่อม ต.สบบง  อ.ภูซาง  จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In - Place Recycling   ช่วง กม. 0+000 ถึง กม. 1+580 ผิวทางกว้างเฉลี่ย 6.00 เมตร ระยะทาง 1.580 กม. หรือมีพื้นที่ไม่น้อยกว่า 9,480 ตร.ม. รายละเอียดตามประ </t>
+    <t xml:space="preserve">ซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In - Place Recycling   ช่วง กม. 0+000 ถึง กม. 1+580 ผิวทางกว้างเฉลี่ย 6เมตร ระยะทาง 1.580 กม. หรือมีพื้นที่ไม่น้อยกว่า 9,480 ตร.ม. รายละเอียดตามประ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 9 ต.บ้านสาง อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  450.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  135.00 ลบ.ม (คิวหลวม) ช่วงที่ 2 ขนาดผิวจร </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,300.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,092.00 ลบ.ม สายที่ 2 ขนาดผิวจรา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  450ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  135ลบ.ม (คิวหลวม) ช่วงที่ 2 ขนาดผิวจร </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,300ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,092ลบ.ม สายที่ 2 ขนาดผิวจรา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร บ้านก๊อซาว ม.11 ต.ทุ่งกล้วย อ.ภูซาง เชื่อม ต.ร่มเย็น อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  1,655.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  496.00 ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอีย </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  1,655ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  496ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอีย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรสายบ้านปัวดอย หมู่ที่ 13 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In - Place Recycling บ.พระธาตุขิงแกง - บ.แม่ทลาย ต.พระธาตุขิงแกง อ.จุน จ.พะเยา (ช่วงที่ 3) </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อซ่อมสร้างผิวทางแอสฟัลท์ติกคอนกรีตเดิมให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ
-2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย
+    <t xml:space="preserve">1.เพื่อซ่อมสร้างผิวทางแอสฟัลท์ติกคอนกรีตเดิมให้มีสภาพที่ดีขึ้น สามารถใช้งานได้เป็นปกติ_x000D_
+2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ซ่อมสร้างผิวทางแอสฟัลท์ติกคอนกรีต ระยะทาง ๑,๗๐๐.๐๐ เมตร ผิวทางกว้างเฉลี่ย ๖.๐๐ เมตร ช่วงกม.๒+๘๘๐ ถึง ๔+๕๘๐ หรือมีพื้นที่ไม่น้อยกว่า ๑๐,๑๒๒.๐๐ ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  สายสันป่าม่วง ม.5  ต.หนองหล่ม เชื่อม ต.บ้านปิน อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร หมู่ที่ 2  ต.แม่นาเรือ เชื่อม  ต.แม่กา อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,000.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 840.00 ลบ.ม. สายที่ 2 ขนาดผิวจราจ </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,000ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 840ลบ.ม. สายที่ 2 ขนาดผิวจราจ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธีPavement In - Place Recycling รหัสสายทาง พย.ถ.10012        บ้านป่าสัก - บ้านนาหนุน  ต.ป่าสัก  เชื่อม ต.ภูซาง  อ.ภูซาง   จ.พะเยา (ช่วงที่ 3) </t>
   </si>
   <si>
-    <t xml:space="preserve">ซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In - Place Recycling   ช่วง กม. 5+370 ถึง กม. 6+550 ผิวทางกว้างเฉลี่ย 6.00 ? 8.00 เมตร ระยะทาง 1.180 กม. หรือมีพื้นที่ไม่น้อยกว่า 8,113 ตร.ม. รายละเอีย </t>
+    <t xml:space="preserve">ซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In - Place Recycling   ช่วง กม. 5+370 ถึง กม. 6+550 ผิวทางกว้างเฉลี่ย 6? 8เมตร ระยะทาง 1.180 กม. หรือมีพื้นที่ไม่น้อยกว่า 8,113 ตร.ม. รายละเอีย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายน้ำบ่อพ่อปุ๊ด - ท่าต้นตาล หมู่ที่ 13 ต.ดงเจน  อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In - Place Recycling รหัสสายทาง พย.ถ.10011 บ้านสันจกปก - บ้านปาง    ต.ดอกคำใต้  เชื่อม  ต.คือเวียง  อ.ดอกคำใต้  จ.พะเยา(ช่วงที่ 4) </t>
   </si>
   <si>
-    <t xml:space="preserve">ซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In - Place Recycling  ระยะทางดำเนินการ 1.820 กม. ช่วง กม. 6+215 ถึง กม. 8+035 ผิวทางกว้างเฉลี่ย 6.00 ? 8.00  เมตร หรือมีพื้นที่ไม่น้อยกว่า 12,740 ตร.ม. </t>
+    <t xml:space="preserve">ซ่อมแซมผิวทางแอสฟัลท์ติกคอนกรีต โดยวิธี Pavement In - Place Recycling  ระยะทางดำเนินการ 1.820 กม. ช่วง กม. 6+215 ถึง กม. 8+035 ผิวทางกว้างเฉลี่ย 6? 8 เมตร หรือมีพื้นที่ไม่น้อยกว่า 12,740 ตร.ม. </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายห้วยหนองเม็ง หมู่ที่ 1 ต.แม่กา เชื่อม ต.แม่นาเรือ อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  2,750.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  825.00 ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  2,750ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  825ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร หมู่ที่ 7 ต.บ้านใหม่ อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรหมู่ที่ 13 ต.จำป่าหวาย เชื่อม สายชุมชนวัดป่าลานคำ ซอย 2 ต.แม่ต๋ำ  อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,300.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  390.00 ลบ.ม (คิวหลวม) ช่วงที่ 2 ขนาดผิวจ </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,300ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  390ลบ.ม (คิวหลวม) ช่วงที่ 2 ขนาดผิวจ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยละอ่อน ม.7 ต.บ้านปิน เชื่อม ต.คือเวียง อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายดงน้ำชำ ม.7 ต.หนองหล่ม เชื่อม ต.บ้านถ้ำ อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านทุ่งกล้วย ม.4 ต.ทุ่งกล้วย เชื่อม ต.ป่าสัก อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,250.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,050.00 ลบ.ม. สายที่ 2 ขนาดผิวจร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,250ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,050ลบ.ม. สายที่ 2 ขนาดผิวจร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายร่องเชี่ยว หมู่ที่ 4 ต.บ้านใหม่ อ.เมืองพะเยา  เชื่อม ต.แม่สุก อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน คสล. สายไร่นายธนากร  บ้านปางพริก หมู่ที่ 3  ต.ผาช้างน้อย อ.ปง  จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1  เพื่อก่อสร้างถนน คสล.ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1  เพื่อก่อสร้างถนน คสล.ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน คสล. ขนาดผิวจราจร กว้าง 4.00 ม. ยาว 186.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 744.00 ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน คสล. ขนาดผิวจราจร กว้าง 4ม. ยาว 186ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 744ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายสองสบฝั่งซ้าย ม.9 ต.สันโค้ง เชื่อม ต.ดงสุวรรณ อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว  2,100.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,554.00 ลบ.ม.พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยรา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว  2,100ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,554ลบ.ม.พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยรา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  บ้านดอนชัย  หมู่ที่ 11  ต.ปง  อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 900.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 756.00 ลบ.ม. สายที่ 2 ขนาดผิวจราจรก </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 900ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 756ลบ.ม. สายที่ 2 ขนาดผิวจราจรก </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายทุ่งป่าตอง หมู่ที่ 3  ต.แม่นาเรือ เชื่อม ต.แม่กา  อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายทุ่งปี้ หมู่ที่ 2,3,4 ต.บ้านตุ่น เชื่อม ต.บ้านสาง อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  900.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  270.00 ลบ.ม (คิวหลวม) ช่วงที่ 2 ขนาดผิวจร </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  900ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  270ลบ.ม (คิวหลวม) ช่วงที่ 2 ขนาดผิวจร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายป่าสุสาน บ้านสบขาม หมู่ที่ 8 ต.ขุนควร อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายพิจิตรพัฒนา หมู่ที่2 ต.เจริญราษฎร์ เชื่อม ต.ป่าแฝก อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1 ปรับปรุงถนนหินคลุกเข้าสู่
-[...5 lines deleted...]
-มากขึ้น
+    <t xml:space="preserve">1 ปรับปรุงถนนหินคลุกเข้าสู่_x000D_
+พื้นที่การเกษตรให้สามารถใช้งาน_x000D_
+ได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและ_x000D_
+คมนาคมขนส่งผลิตผลทาง_x000D_
+การเกษตรได้รับความสะดวก_x000D_
+มากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,550.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  620.00 ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,550ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  620ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายทุ่งร่องห้า หมู่ที่ 3 ต.แม่ใส เชื่อม ต.แม่นาเรือ อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,100.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  440.00 ลบ.ม (คิวหลวม)ช่วงที่ 2 ขนาดผิวจ </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,100ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  440ลบ.ม (คิวหลวม)ช่วงที่ 2 ขนาดผิวจ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. บ้านเชียงคาน หมู่ที่ 7 ต.เชียงบาน เชื่อม ต.อ่างทอง อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.ก่อสร้างถนน ค.ส.ล.
-[...4 lines deleted...]
-ความสะดวกมากขึ้น
+    <t xml:space="preserve">1.ก่อสร้างถนน ค.ส.ล._x000D_
+อย่างมีประสิทธิภาพปลอดภัย_x000D_
+2.เพื่อให้ประชาชนได้สัญจร_x000D_
+และคมนาคมขนส่งผลิตผล_x000D_
+ทางการเกษตรได้รับ_x000D_
+ความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4.00 ม. ยาว 206.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 824.00 ตร.ม.(ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4ม. ยาว 206ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 824ตร.ม.(ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยบอน บ้านร่องเอี่ยน หมู่ที่ 8 ต.ปง อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายเรียบคลองสันกู่ ม.2 ต.บุญเกิด เชื่อม ต.ดอกคำใต้ อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  910.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  364.00 ลบ.ม (คิวหลวม)สายที่ 2 ขนาดผิวจราจร </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  910ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  364ลบ.ม (คิวหลวม)สายที่ 2 ขนาดผิวจราจร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายป่าไผ่ถี่ ม.6 ต.บุญเกิด เชื่อม ต.คือเวียง อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว  1,800.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  630.00 ลบ.ม (คิวหลวม)สายที่ 2 ขนาดผิวจรา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว  1,800ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  630ลบ.ม (คิวหลวม)สายที่ 2 ขนาดผิวจรา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  หมู่ที่ 3 ต.แม่กา เชื่อม หมู่ที่ 6 ต.จำป่าหวาย อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  1,800.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  540.00 ลบ.ม (คิวหลวม) ช่วงที่ 2 ขนาดผิว </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  1,800ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  540ลบ.ม (คิวหลวม) ช่วงที่ 2 ขนาดผิว </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายเลียบลำเหมือง หมู่ที่ 4,8,9 ต.แม่ปืม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  หมู่ที่ 4 ต.แม่ปืม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 6 ต.ท่าวังทอง อ.เมืองพะเยา เชื่อม อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  1,400.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  420.00 ลบ.ม (คิวหลวม) ช่วงที่ 2 ขนาดผิว </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  1,400ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  420ลบ.ม (คิวหลวม) ช่วงที่ 2 ขนาดผิว </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยกระรอก บ้านแม่ต๋ำท่าข้าม ม.7 ต.น้ำแวน อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,850.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1554.00 ลบ.ม พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,850ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1554ลบ.ม พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายน้ำรวบ บ้านแม่ทาย หมู่ที่ 9 ต.ออย อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,735.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,457.00 ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,735ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,457ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. หมู่ที่ 5 ต.ห้วยแก้ว อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 3.00 ม. ยาวรวม 262.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 786.00 ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 3ม. ยาวรวม 262ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 786ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยอวนใต้ หมู่ที่ 4  ต.สระ เชื่อม ต.บ้านมาง อ.เชียงม่วน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,650.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,386.00 ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,650ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,386ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายดงเปลื้อย หมู่ที่ 16  ต.แม่ปืม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. สายศูนย์พัฒนาเด็กเล็ก ม.5 ต.พระธาตุขิงแกง เชื่อม ต.จุน อ.จุน จ.พะเยา (ช่วงที่ 4) </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 5.00 ม. ยาว 165.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 825.00 ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 5ม. ยาว 165ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 825ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายลำน้ำอิง ม.5 ต.ป่าซาง อ.ดอกคำใต้ เชื่อม ต.แม่อิง อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  2,155.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  646.00 ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอีย </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  2,155ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  646ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอีย </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายข้างป่าสุสาน บ้านดอนไชยป่าแขม หมู่ที่ 3 ต.ออย อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,750.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,470.00 ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,750ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,470ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายก้างบอกไฟ หมู่ที่ 3 ต.แม่สุก เชื่อม ต.แม่ใจ อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  2,180.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  654.00 ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  2,180ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  654ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร หมู่ที่ 6  ต.บ้านมาง อ.เชียงม่วน เชื่อม ต.หนองหล่ม อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยแก้ว บ้านเก๊าเงา หมู่ที่ 15 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร บ้านทุ่งเย็น ม.14 ต.แม่ลาว อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  800.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  240.00 ลบ.ม (คิวหลวม)สายที่ 2 ขนาดผิวจราจร </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  800ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  240ลบ.ม (คิวหลวม)สายที่ 2 ขนาดผิวจราจร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. บ้านทุ่งควบ ม.2 ต.ทุ่งผาสุข เชื่อม ต.น้ำแวน อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4.00 ม. ยาว 205.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 820.00 ตร.ม.  (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4ม. ยาว 205ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 820ตร.ม.  (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. บ้านสันหลวงใหม่ ม.10 ต.ทุ่งรวงทอง เชื่อม ต.ห้วยยางขาม อ.จุน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 3.00 ม. ยาว 277.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 831.00 ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 3ม. ยาว 277ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 831ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่น เข้าสู่พื้นที่การเกษตร สายสต๊อด  บ้านควร หมู่ที่ 3 ต.งิม  อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น เข้าสู่พื้นที่การเกษตร ขนาดผิว จราจรกว้างเฉลี่ย 4.00 ม.ยาว  1,750.00 ม.หนาเฉลี่ย0.20ม.  หรือมีปริมาตรลูกรังไม่น้อยกว่า   1,470.00ลบ.มพร้อมปรับเกลี่ย บดอัดแน่นให้เรียบร้อย รา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น เข้าสู่พื้นที่การเกษตร ขนาดผิว จราจรกว้างเฉลี่ย 4ม.ยาว  1,750ม.หนาเฉลี่ย0.20ม.  หรือมีปริมาตรลูกรังไม่น้อยกว่า   1,470.00ลบ.มพร้อมปรับเกลี่ย บดอัดแน่นให้เรียบร้อย รา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงภูมิทัศน์หน้าสำนักงาน องค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">เพื่อให้บริเวณหน้าอาคาร อบจ.มีความสวยงาม มีความเป็นระเบียบ
+    <t xml:space="preserve">เพื่อให้บริเวณหน้าอาคาร อบจ.มีความสวยงาม มีความเป็นระเบียบ_x000D_
+_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงภูมิทัศน์หน้าสำนักงาน องค์การบริหารส่วนจังหวัดพะเยา โดยมีการงานรื้อถอนฝารางระบายน้ำเดิม งานพื้น คสล. และผนังหนา 0.15 ม. จำนวน 280.00 ตร.ม. งานฝารางน้ำ และงานรางน้ำ ตามประมาณการและแบบแปลน อบจ.พ </t>
+    <t xml:space="preserve">ปรับปรุงภูมิทัศน์หน้าสำนักงาน องค์การบริหารส่วนจังหวัดพะเยา โดยมีการงานรื้อถอนฝารางระบายน้ำเดิม งานพื้น คสล. และผนังหนา 0.15 ม. จำนวน 280ตร.ม. งานฝารางน้ำ และงานรางน้ำ ตามประมาณการและแบบแปลน อบจ.พ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงห้องน้ำอาคารสำนักงาน อบจ.พะเยา บริเวณชั้น 1-4 อาคาร 2 </t>
   </si>
   <si>
-    <t xml:space="preserve">1 เพื่อให้ห้องน้ำสามารถใช้งาน
-[...3 lines deleted...]
-ปลอดภัย
+    <t xml:space="preserve">1 เพื่อให้ห้องน้ำสามารถใช้งาน_x000D_
+ได้ปกติ_x000D_
+2 ผู้มาติดต่อราชการและเจ้าหน้าที่ _x000D_
+อบจสามารถใช้ห้องน้ำด้วยความ_x000D_
+ปลอดภัย_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ปรับปรุงห้องน้ำอาคารสำนักงาน อบจ.พะเยา บริเวณชั้น 1-4 อาคาร 2 ด้วยทำการรื้อถอน และก่อสร้างปรับปรุงใหม่ รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. สายทุ่งล้า ม.5 ต.เชียงบาน เชื่อม ต.ทุ่งผาสุข อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4.00 ม. ยาว 206.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 824.00 ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4ม. ยาว 206ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 824ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายโป่งมะขามเตี้ย บ้านสันกลาง หมู่ที่  8 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,760.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,478.00 ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,760ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,478ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายขึ้นพระธาตุบ้านนาอ้อม หมู่ที่ 5 ต.ขุนควร อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยกอก บ้านห้วยแม่แดง หมู่ที่ 6 ต.นาปรัง เชื่อม ต.ออย อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายหลังศูนย์เด็กเล็ก หมู่ที่ 3 ต.แม่ใส เชื่อม ต.แม่นาเรือ อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 3 ต.บ้านต๊ำ เชื่อม ต.บ้านต๋อม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  1,200.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  360.00 ลบ.ม (คิวหลวม) ช่วงที่ 2 ขนาดผิว </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  1,200ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  360ลบ.ม (คิวหลวม) ช่วงที่ 2 ขนาดผิว </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร บ้านต๋อมดง หมู่ที่ 7 ต.บ้านต๋อม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1. ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2. เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1. ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2. เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่ พื้นที่การเกษตรโดยแบ่งเป็น ช่วงที่ 1 ขนาดผิวจราจรกว้าง เฉลี่ย 4.00 ม. ยาว 600.00 ม. หนาเฉลี่ย 0.10 ม.  หรือมีปริมาตรหินคลุกไม่น้อย กว่า 240.00 ลบ.ม (คิวหลวม)ช่วงที่ 2 ขนาดผิวจราจรกว้าง เฉลี่ย 4.00ม. ยาว 1,200.00 ม. หนาเฉลี่ย 0.10 ม. หรือ มีปริมาตรหินคลุกไม่น้อยกว่า  480.00 ลบ.ม (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า   720.00 ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย  รายละเอียดตามประมาณการ และแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่ พื้นที่การเกษตรโดยแบ่งเป็น ช่วงที่ 1 ขนาดผิวจราจรกว้าง เฉลี่ย 4ม. ยาว 600ม. หนาเฉลี่ย 0.10 ม.  หรือมีปริมาตรหินคลุกไม่น้อย กว่า 240ลบ.ม (คิวหลวม)ช่วงที่ 2 ขนาดผิวจราจรกว้าง เฉลี่ย 4.00ม. ยาว 1,200ม. หนาเฉลี่ย 0.10 ม. หรือ มีปริมาตรหินคลุกไม่น้อยกว่า  480ลบ.ม (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า   720ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย  รายละเอียดตามประมาณการ และแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายป่าไร่หลวง บ้านห้วยคอกหมู หมู่ที่ 8 ต.นาปรัง อ.ปง เชื่อม ต.พระธาตุขิงแกง อ.จุน จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายฟาร์มหมู ม.9 ต.คือเวียง อ.ดอกคำใต้ เชื่อม ต.จำป่าหวาย อ.เมือง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว  1,500.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,110.00 ลบ.ม สายที่ 2 ขนาดผิวจรา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว  1,500ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,110ลบ.ม สายที่ 2 ขนาดผิวจรา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่น เข้าสู่พื้นที่การเกษตร สายสต๊อดโป่งค่า บ้านเลี้ยว  หมู่ที่ 10 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น เข้าสู่พื้นที่การเกษตร ขนาดผิว จราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,680.00ม. หนาเฉลี่ย 0.20ม.  หรือมีปริมาตรลูกรังไม่น้อยกว่า   1,411.00 ลบ.ม พร้อมปรับ เกลี่ยบดอัดแน่นให้เรียบร้อ </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น เข้าสู่พื้นที่การเกษตร ขนาดผิว จราจรกว้างเฉลี่ย 4ม. ยาว  1,680.00ม. หนาเฉลี่ย 0.20ม.  หรือมีปริมาตรลูกรังไม่น้อยกว่า   1,411ลบ.ม พร้อมปรับ เกลี่ยบดอัดแน่นให้เรียบร้อ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านดอยอิสาน ม.2 ต.อ่างทอง อ.เชียงคำ เชื่อม ต.สบบง อ.ภูซาง จ.พะเยา (ช่วงที่ 2) </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,000.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  840.00 ลบ.ม สายที่ 2 ขนาดผิวจราจร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,000ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  840ลบ.ม สายที่ 2 ขนาดผิวจราจร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายอ่างห้วยกวาง บ้านม่วง หมู่ที่ 5 ต.ปง อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ม.4 ต.ทุ่งผาสุข เชื่อม ต.ฝายกวาง อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,850.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,554.00 ลบ.ม พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,850ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,554ลบ.ม พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายหล่ายน้ำ บ้านห้วยสิงห์ หมู่ที่ 1ต.ปง อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,650.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,388.00 ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,650ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,388ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการเสริมผิวทางแอสฟัลท์ติกคอนกรีต ช่วงที่ 2 บ.ใหม่ ม.10 บ้านสันหมื่นแก้ว ต.แม่ปืม - ม.4 บ้านใหม่หลวง ต.บ้านใหม่ อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1  เสริมผิวทางแอสฟัลท์ติกคอนกรีตให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1  เสริมผิวทางแอสฟัลท์ติกคอนกรีตให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
+_x000D_
+_x000D_
+_x000D_
+_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">เสริมผิวทางแอสฟัลท์ติกคอนกรีต ระยะทางดำเนินการ 0.117 กม. ผิวทางกว้าง 5.00 ม. ช่วงที่ 2 กม. 0+800 ถึง กม. 0+917 หรือมีพื้นที่ไม่น้อยกว่า 585.00 ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">เสริมผิวทางแอสฟัลท์ติกคอนกรีต ระยะทางดำเนินการ 0.117 กม. ผิวทางกว้าง 5ม. ช่วงที่ 2 กม. 0+800 ถึง กม. 0+917 หรือมีพื้นที่ไม่น้อยกว่า 585ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร บ้านสันปูเลย หมู่ที่ 3 ต.สันป่าม่วง เชื่อม บ้านต๋อมดง หมู่ที่ 6 ต.บ้านต๋อม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  1,500.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  450.00 ลบ.ม (คิวหลวม) ช่วงที่ 2 ขนาดผิว </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  1,500ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  450ลบ.ม (คิวหลวม) ช่วงที่ 2 ขนาดผิว </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายทุ่งจำป่าหวาย หมู่ที่ 6 ต.ท่าจำปี อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรให้สามารถใช้งานได้อย่างมี ประสิทธิภาพ ปลอดภัย
-2.เพื่อให้ประชาชนได้สัญจรและคมนาคม ขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1.ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรให้สามารถใช้งานได้อย่างมี ประสิทธิภาพ ปลอดภัย_x000D_
+2.เพื่อให้ประชาชนได้สัญจรและคมนาคม ขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  โดยแบ่งเป็นช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 1,000.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 350.00 ลบ.ม. (คิวหลวม)  ช่วงที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 1,000.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 350.00 ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 700.00  ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  โดยแบ่งเป็นช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 1,000ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 350ลบ.ม. (คิวหลวม)  ช่วงที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 1,000ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 350ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 700 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร หมู่ที่ 17 ต.ห้วยแก้ว อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,720.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,444.00 ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,720ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,444ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยผาช้าง หมู่ที่ 4 ต.สระ เชื่อม บ้านทุ่งมอก ต.บ้านมาง อ.เชียงม่วน จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ม.5 ต.ทุ่งกล้วย อ.ภูซางเชื่อม  ต.ร่มเย็น อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  1,650.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  495.00 ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  1,650ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  495ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. สายหน้าวัดทองแย้ม ม.4 ต.เชียงบาน เชื่อม ต.ทุ่งผาสุข อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร หมู่ที่ 6   ต.แม่นาเรือ เชื่อม  ต.บ้านตุ่น   อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 600.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 504.00 ลบ.ม. สายที่ 2 ขนาดผิวจราจรก </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 600ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 504ลบ.ม. สายที่ 2 ขนาดผิวจราจรก </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยงุ้น บ้านฮวก ม.3 ต.ภูซาง อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,650.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,386.00 ลบ.ม. สายที่ 2 ขนาดผิวจร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,650ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,386ลบ.ม. สายที่ 2 ขนาดผิวจร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  สายห้วยเห็ดหล่ม  บ้านห้วยบง หมู่ที่ 14  ต.แม่ปืม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,650.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 660.00 ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดต </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,650ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 660ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดต </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยเหลิน ช่วงที่ 2 หมู่ที่ 2 ต.แม่กา อ.เมืองพะเยา เชื่อม ต.บ้านปิน  อ.ดอกคำใต้  จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  สายบ่อขยะ ม.3 ต.น้ำแวน อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  850.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  714.00 ลบ.ม สายที่ 2 ขนาดผิวจราจรก </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  850ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  714ลบ.ม สายที่ 2 ขนาดผิวจราจรก </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร บ้านจำบอนใหม่ ม.12 ต.อ่างทอง อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  1,655.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  496.00 ลบ.ม (คิวหลวม)  พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอี </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  1,655ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  496ลบ.ม (คิวหลวม)  พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอี </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร หมู่ที่ 13 ต.แม่กา เชื่อม ต.แม่นาเรือ อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายสันต้นเดื่อ หมู่ที่ 4 ต.แม่สุก เชื่อม ต.แม่ใจ อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายร่องแฟน ม.2,4,7,9,10 ต.ลอ เชื่อม ต.ทุ่งรวงทอง อ.จุน จ.พะเยา (ช่วงที่ 1) </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  1,190.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  357.00 ลบ.ม (คิวหลวม)สายที่ 2 ขนาดผิวจรา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  1,190ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  357ลบ.ม (คิวหลวม)สายที่ 2 ขนาดผิวจรา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายฝั่งก้าน บ้านสันกลาง หมู่ที่ 8 ต.งิม  อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร หมู่ที่ 11,5  ต.แม่นาเรือ เชื่อม  ต.แม่กา อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล หมู่ที่ 8 ต.บ้านสาง อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4.00 ม. ยาวรวม 198.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 792.00 ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4ม. ยาวรวม 198ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 792ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านภูเงิน หมู่ที่ 13 ต.แม่ปืม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,675.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,407.00 ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,675ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,407ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายบวกสลาบ หมู่ที่ 9 ต.บ้านมาง เชื่อม ต.เชียงม่วน อ.เชียงม่วน จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล.บ้านเชียงบาน ม.10 ต.เชียงบาน เชื่อม ต.ทุ่งผาสุข อ.เชียงคำ จ.พะเยา (ช่วงที่ 3) </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.   ขนาดผิวจราจร กว้าง 5.00 ม. ยาว 165.00 ม. หรือมีพื้นที่ ไม่น้อยกว่า 825.00 ตร.ม.  (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดไหล่ทางลูกรัง) และแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.   ขนาดผิวจราจร กว้าง 5ม. ยาว 165ม. หรือมีพื้นที่ ไม่น้อยกว่า 825ตร.ม.  (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดไหล่ทางลูกรัง) และแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  สายม่อนป่าครั่ง ม.1 ต.บ้านปิน เชื่อม ต.คือเวียง อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,960.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,646.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,960ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,646ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายโทกเปา ม.3 ต.บ้านปิน เชื่อม ต.หนองหล่ม อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายเจ้าเซียน ม.4 ต.สว่างอารมณ์ เชื่อม ต.สันโค้ง อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายพ่อกำนันสมนึก ต้นมะม่วง 7 ต้น หมู่ที่ 14 ต.ห้วยลาน อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  2,600.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,664.00 ลบ.ม.พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยรา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  2,600ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,664ลบ.ม.พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อยรา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  สายเลียบลำน้ำแม่ปืม  หมู่ที่ 8,9,10  ต.แม่ปืม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายหน้าคาร์แคร์ ไปบวกน้ำนอง หมู่ที่ 11 ต.ท่าวังทอง  อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 2,220.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 666.00 ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดต </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 2,220ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 666ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดต </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านหล่ายพัฒนา  ม.3 ต.อ่างทอง อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายดงพ่อหนานปะถึงสปริงเวย์ หมู่ที่ 7 ต.ดงเจน  อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านโพธิ์ทอง หมู่ที่ 16 ต.แม่ปืม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านป่าฮ้อม ม.4 ต.เชียงแรง อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 5.00 ม. ยาว 1,200.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,248.00 ลบ.ม. สายที่ 2 ขนาดผิวจร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 5ม. ยาว 1,200ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,248ลบ.ม. สายที่ 2 ขนาดผิวจร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ม.4 ต.จุน เชื่อม ต.พระธาตุขิงแกง อ.จุน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,700.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,428.00 ลบ.ม. สายที่ 2 ขนาดผิวจร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,700ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,428ลบ.ม. สายที่ 2 ขนาดผิวจร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านจำบอน ม.7 ต.อ่างทอง อ.เชียงคำ จ.พะเยา (ช่วงที่ 2) </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,600.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,344.00 ลบ.ม สายที่ 2 ขนาดผิวจร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,600ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,344ลบ.ม สายที่ 2 ขนาดผิวจร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยครั่ง บ้านทุ่งแต หมู่ที่ 1 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายร่องหมู บ้านป่าแดงสามัคคี ม.10 ต.น้ำแวน อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  1,550.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  465.00 ลบ.ม (คิวหลวม)สายที่ 2 ขนาดผิวจรา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  1,550ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  465ลบ.ม (คิวหลวม)สายที่ 2 ขนาดผิวจรา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายวัดแม่ชี บ้านสันกลาง หมู่ที่ 12  ต.ขุนควร อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  หมู่ที่ 8,16 ต.ดงเจน อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการขุดลอกเพื่อเพิ่มพื้นที่กักเก็บน้ำหลังฝายห้วยหิน บ้านปัว หมู่ที่ 6 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ขุดลอก เพื่อเพิ่มพื้นที่กักเก็บน้ำไม่น้อยกว่า 10,750.00 ลบ.ม. ขุดดินด้วยรถขุดและปรับเกลี่ยให้เรียบร้อยรายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ขุดลอก เพื่อเพิ่มพื้นที่กักเก็บน้ำไม่น้อยกว่า 10,750ลบ.ม. ขุดดินด้วยรถขุดและปรับเกลี่ยให้เรียบร้อยรายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่น เข้าสู่พื้นที่การเกษตร สายสต๊อดเหนือ บ้านแบ่ง หมู่ที่ 5 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น เข้าสู่พื้นที่การเกษตร ขนาดผิว จราจรกว้างเฉลี่ย 4.00 ม. ยาว   1,680.00 ม.หนาเฉลี่ย 0.20ม.  หรือมีปริมาตรลูกรังไม่น้อยกว่า   1,411.00 ลบ.ม พร้อมปรับ เกลี่ยบดอัดแน่นให้เรียบร้ </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น เข้าสู่พื้นที่การเกษตร ขนาดผิว จราจรกว้างเฉลี่ย 4ม. ยาว   1,680ม.หนาเฉลี่ย 0.20ม.  หรือมีปริมาตรลูกรังไม่น้อยกว่า   1,411ลบ.ม พร้อมปรับ เกลี่ยบดอัดแน่นให้เรียบร้ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างเสาอากาศวิทยุสื่อสาร แบบ Tower แบบมีสลิง สูง 21 เมตร ฝ่ายป้องกันและบรรเทา สาธารณภัย องค์การบริหาร ส่วนจังหวัดพะเยา ต.บ้านต๋อม อ.เมือง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">เพื่อให้มีเสาวิทยุสื่อสารฝ่าย
-[...6 lines deleted...]
-หรือฉุกเฉินเร่งด่วน
+    <t xml:space="preserve">เพื่อให้มีเสาวิทยุสื่อสารฝ่าย_x000D_
+ป้องกันและบรรเทาสาธารณภัย_x000D_
+ขนาดความสูง 21 เมตร สำหรับ_x000D_
+เป็นเครื่องมือสื่อสาร _x000D_
+การดำเนินงาน เพื่อประโยชน์ใน_x000D_
+การป้องกันและบรรเทา_x000D_
+สาธาณภัยและกรณีมีเหตุจำเป็น_x000D_
+หรือฉุกเฉินเร่งด่วน_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ก่อสร้างเสาอากาศวิทยุสื่อสาร  แบบ Tower แบบมีสลิง สูง 21 เมตร ฝ่ายป้องกันและบรรเทา สาธารณภัย องค์การบริหาร ส่วนจังหวัดพะเยา ต.บ้านต๋อม อ.เมือง จ.พะเยา รายละเอียด ตามประมาณการและ แบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายนานายทองใส ม.14 ต.ห้วยลาน อ.ดอกคำใต้ เชื่อม ต.ห้วยแก้ว อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,700.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,088.00 ลบ.ม. สายที่ 2 ขนาดผิวจร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,700ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,088ลบ.ม. สายที่ 2 ขนาดผิวจร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ม.5 ต.หนองหล่ม เชื่อม ต.บ้านปิน อ.ดอกคำใต้ จ.พะเยา   </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ม.8 ต.สันโค้ง เชื่อม ต.บ้านถ้ำ อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,850 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,554.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละ </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,850 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,554ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  สายห้วยเมี่ยง บ้านสันกลาง  หมู่ที่ 8  ต.งิม อ.ปง  จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายหลังบ่อขยะ บ้านดู่ หมู่ที่ 3 ต.ปง อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยหม้าย บ้านปางผักหม หมู่ที่ 7 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยสอน บ้านป่าคาใหม่ หมู่ที่ 8 ต.ควร อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านบ่อค้าง หมู่ที่ 5 ต.นาปรัง อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายห้วยต๊กโต หมู่ที่ 3 ต.เจริญราษฎร์ เชื่อม ต.ป่าแฝก อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  2,100.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  630.00 ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  2,100ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  630ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายทุ่งสนปอ บ้านตุ่น หมู่ที่ 14 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  บ้านสีพรม  หมู่ที่ 4 ต.ควร เชื่อม    ต.ขุนควร อ.ปง  จ.พะเยา   </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 700.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 588.00 ลบ.ม. สายที่ 2 ขนาดผิวจราจรก </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 700ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 588ลบ.ม. สายที่ 2 ขนาดผิวจราจรก </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยดงหวาย บ้านปางวัว หมู่ที่ 19 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรสายน้ำงิม (ช่วงที่ 2) บ้านหนองบัว หมู่ที่ 2 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายบ่อทราย บ้านก้าวเจริญ ม.11 ต.น้ำแวน อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายกิ่วฝาง ม.1 ต.บ้านปิน เชื่อม ต.คือเวียง อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 5.00 ม. ยาว  1,100.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,144.00 ลบ.ม สายที่ 2 ขนาดผิวจร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 5ม. ยาว  1,100ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,144ลบ.ม สายที่ 2 ขนาดผิวจร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายที่ 3   หมู่ที่ 2 ต.แม่นาเรือ เชื่อม ต.แม่กา อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร หมู่ที่ 12 ต.ห้วยแก้ว อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างท่อลอดเหลี่ยมคอนกรีต บ้านสีพรม หมู่ที่ 4 ต.ควร อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างท่อลอดเหลี่ยมคอนกรีตสามารถระบายน้ำไหลหลากได้อย่างมีประสิทธิภาพ
+    <t xml:space="preserve">ก่อสร้างท่อลอดเหลี่ยมคอนกรีตสามารถระบายน้ำไหลหลากได้อย่างมีประสิทธิภาพ_x000D_
+_x000D_
+_x000D_
+_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างท่อลอดเหลี่ยมคอนกรีต ขนาด 1.80 x 1.80 ม. ยาว 19.00 ม. จำนวน 1 ช่อง รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างท่อลอดเหลี่ยมคอนกรีต ขนาด 1.80 x 1.80 ม. ยาว 19ม. จำนวน 1 ช่อง รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 18 บ้านต๋อมดง ต.บ้านต๋อม เชื่อม ต.บ้านต๊ำ อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  ช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 150.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  60.00 ลบ.ม ช่วงที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  ช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 150ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  60ลบ.ม ช่วงที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายฝั่งก้าน บ้านป่าแดง หมู่ที่  9 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,730.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,453.00 ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,730ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,453ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายทุ่งดง หมู่ที่  6 ต.แม่สุก เชื่อม ต .ศรีถ้อย อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  2,200.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  660.00 ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  2,200ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  660ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. หลังการไฟฟ้าส่วนภูมิภาคพะเยา ซอย 2  หมู่ที่ 1 ต.บ้านต๋อม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.ขนาดผิวจราจรกว้าง 4.00 ม. ยาวรวม 167.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 668.00 ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.ขนาดผิวจราจรกว้าง 4ม. ยาวรวม 167ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 668ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างอาคารนอนเวรทำงานพร้อมห้องน้ำ ฝ่ายเครื่องจักรกล องค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">เพื่อให้ข้าราชการลูกจ้าง พนักงานจ้าง ที่ได้รับการแต่งตั้งให้อยู่เวรยามมีห้องสำหรับการอยู่เวรยามกลางคืน
+    <t xml:space="preserve">เพื่อให้ข้าราชการลูกจ้าง พนักงานจ้าง ที่ได้รับการแต่งตั้งให้อยู่เวรยามมีห้องสำหรับการอยู่เวรยามกลางคืน_x000D_
+_x000D_
+_x000D_
+_x000D_
+_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ก่อสร้างอาคารนอนเวรทำงานพร้อมห้องน้ำ ฝ่ายเครื่องจักรกล องค์การบริหารส่วนจังหวัดพะเยา โดยมีงานด้วนโครงสร้าง งานสถาปัตยกรรม และงานติดตั้งเครื่องปรับอากาศขนาดไม่ต่ำกว่า 15,000 BTU ตามประมาณการและแบบแปลน  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยน้ำจาน หมู่ที่ 5 ต.สระ เชื่อม หมู่ที่ 3 ต.เชียงม่วน อ.เชียงม่วน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,725.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,449.00 ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,725ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,449ลบ.ม  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  สายหน้าพาราการ์เด้น หมู่ที่ 11  ต.ท่าวังทอง อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ซอย 3 บ้านประชาภักดี ม.13 ต.ร่มเย็น  อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,810.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 543.00 ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดต </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,810ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 543ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดต </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายร่องป่ารัน หมู่ที่ 11 ต.บ้านตุ่น เชื่อม ต.บ้านสาง อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  1,000.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  300.00 ลบ.ม (คิวหลวม)ช่วงที่ 2 ขนาดผิวจ </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  1,000ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  300ลบ.ม (คิวหลวม)ช่วงที่ 2 ขนาดผิวจ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร บ้านใหม่กาญจนา ม.15 ต.จุน เชื่อม ต.พระธาตุขิงแกง อ.จุน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  1,790.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  537.00 ลบ.ม (คิวหลวม)พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  1,790ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  537ลบ.ม (คิวหลวม)พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ม.10 ต.ห้วยลาน อ.ดอกคำใต้ เชื่อม ต.ห้วยแก้ว อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว  1,800.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,512.00 ลบ.ม พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ร </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว  1,800ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,512ลบ.ม พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย ร </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร บ้านหนองสระ หมู่ที่ 6 ต.ป่าแฝก อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  2,060.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  618.00 ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  2,060ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  618ลบ.ม (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ม.1,ม.10 ต.เวียง เชื่อม ต.ร่มเย็น อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว  1,000.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  300.00 ลบ.ม (คิวหลวม)สายที่ 2 ขนาดผิวจรา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็นสายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว  1,000ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า  300ลบ.ม (คิวหลวม)สายที่ 2 ขนาดผิวจรา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายบ้านใหม่น้ำเงิน หมู่ที่ 12 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1. ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2. เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1. ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2. เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
+_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็น ช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,400.00 ม.  หนาเฉลี่ย 0.10 ม. หรือมี  ปริมาตรหินคลุกไม่น้อยกว่า 420.00 ลบ.ม (คิวหลวม)  ช่วงที่ 2 ขนาดผิวจราจรกว้าง เฉลี่ย 3.00 ม.ยาว 400.00 ม. หนาเฉลี่ย 0.10 ม. หรือมี ปริมาตรหินคลุกไม่น้อยกว่า 120.00 ลบ.ม (คิวหลวม) </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรโดยแบ่งเป็น ช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,400ม.  หนาเฉลี่ย 0.10 ม. หรือมี  ปริมาตรหินคลุกไม่น้อยกว่า 420ลบ.ม (คิวหลวม)  ช่วงที่ 2 ขนาดผิวจราจรกว้าง เฉลี่ย 3ม.ยาว 400ม. หนาเฉลี่ย 0.10 ม. หรือมี ปริมาตรหินคลุกไม่น้อยกว่า 120ลบ.ม (คิวหลวม) </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายบ้านผาลาด ม.7 ต.ภูซาง อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  ขนาดผิวจราจรกว้างเฉลี่ย 5.00 ม. ยาว  1,500.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,560.00 ลบ.ม พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  ขนาดผิวจราจรกว้างเฉลี่ย 5ม. ยาว  1,500ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  1,560ลบ.ม พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายทุ่งป่าอ้อย หมู่ที่ 2,3 ต.แม่นาเรือ เชื่อม ต.แม่กา อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1  ปรับปรุงถนนให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1  ปรับปรุงถนนให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 950.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 798.00 ลบ.ม. สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 400.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 336.00 ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 200.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 168.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,302.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 950ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 798ลบ.ม. สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 400ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 336ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 200ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 168ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,302ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการช่วยเหลือประชาชนตามอำนาจหน้าที่ ขององค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">1.เพื่อดำเนินงานของศูนย์ช่วยเหลือประชาชนขององค์การบริหารส่วนจังหวัดพะเยา เป็นไปตามระเบียบกระทรวงมหาดไทยว่าด้วยค่าใช้จ่ายเพื่อช่วยเหลือประชาชนตามอำนาจหน้าที่ขององค์กรปกครองส่วนท้องถิ่น พ.ศ.2566 และหลักเกณฑ์และวิธีปฏิบัติการช่วยเหลือประชาชน ตามระเบียบกระทรวงมหาดไทย ว่าด้วยค่าใช้จ่ายเพื่อช่วยเหลือประชาชนตามอำนาจหน้าที่ขององค์กรปกครองส่วนท้องถิ่น พ.ศ.2566 ข้อ 7 ข้อ 8 ข้อ 19 และข้อ 20 ประกอบกับหลักเกณฑ์วิธีปฏิบัติปลีกย่อยเกี่ยวกับการให้ความช่วยเหลือด้านการเกษตร ผู้ประสบภัยพิบัติกรณีฉุกเฉิน พ.ศ. 2564  </t>
   </si>
   <si>
     <t xml:space="preserve">1.จัดเตรียมจัดหาวัสดุอุปกรณ์ เครื่องมือ เครื่องใช้ที่จำเป็นในการช่วยเหลือประชาชนในพื้นที่ประสบสาธารณภัย 2.ประชาชนในพื้นที่ประสบสาธารณภัยจังหวัดพะเยา ได้รับความช่วยเหลือเยียวยา ฟื้นฟูตามระเบียบฯ 3.ประชาชนในพื้นที่ประสบสาธารณภัยจังหวัดพะเยาได้รับความช่วยเหลือตามระเบียบฯ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการวิทยาศาสตร์สัญจร โดยองค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อส่งเสริมให้เด็กและเยาวชนในพื้นที่ห่างไกลได้รับความรู้ทางด้านวิทยาศาสตร์และดาราศาสตร์และมีโอกาสได้สัมผัสกับสื่อและอุปกรณ์การเรียรรู้
-2.เพื่อส่งเสริมพัฒนาความรู้ความสามารถที่มีและจำเป็นต้องมีนำมาประยุกต์เข้าด้วยกันให้เกิดความคิดสร้างสรรค์พัฒนาการะบวนการคิดและเพิ่มการเสริมทักษะทางด้านวิทยาศาสตร์และดาราศาสตร์
+    <t xml:space="preserve">1.เพื่อส่งเสริมให้เด็กและเยาวชนในพื้นที่ห่างไกลได้รับความรู้ทางด้านวิทยาศาสตร์และดาราศาสตร์และมีโอกาสได้สัมผัสกับสื่อและอุปกรณ์การเรียรรู้_x000D_
+2.เพื่อส่งเสริมพัฒนาความรู้ความสามารถที่มีและจำเป็นต้องมีนำมาประยุกต์เข้าด้วยกันให้เกิดความคิดสร้างสรรค์พัฒนาการะบวนการคิดและเพิ่มการเสริมทักษะทางด้านวิทยาศาสตร์และดาราศาสตร์_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">จัดกิจกรรมโครงการวิทยาศาสตร์สัญจร ให้แก่ เด็ก นักเรียน ในพื้นที่จังหวัดพะเยาตามที่องค์การบริหารส่วนจังหวัดพะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการวิทยาศาสตร์ปฏิบัติการ (Workshop) </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อปรับเปลี่ยนรูปแบบ
-[...12 lines deleted...]
-มากยิ่งขึ้น
+    <t xml:space="preserve">1.เพื่อปรับเปลี่ยนรูปแบบ_x000D_
+การถ่ายทอดองค์ความรู้ให้แก่_x000D_
+เด็ก เยาวชนและประชาชนทั่วไป_x000D_
+ให้เข้าถึงการเรียนรู้ในรูปแบบ_x000D_
+ที่สามารถจับต้องได้_x000D_
+2.เพื่อให้เด็ก เยาวชน_x000D_
+และประชาชนทั่วไป_x000D_
+ได้ทำกิจกรรมร่วมกัน_x000D_
+ได้มีความคิดสร้างสรรค์_x000D_
+และมีความกล้าแสดงออก_x000D_
+3.เพื่อเป็นการส่งเสริมการเรียนรู้_x000D_
+นอกห้องเรียนให้มีสื่อที่มี_x000D_
+ความหลากหลายและน่าสนใจ_x000D_
+มากยิ่งขึ้น_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">เด็ก เยาวชน และประชาชน ทั่วไป จำนวน 200 คน </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการป้องกันและแก้ไขปัญหาหมอกควันและฝุ่นละอองขนาดเล็ก(PM 2.5) ขององค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">๑.เพื่อสร้างจิตสำนึกและเสริมสร้างเกี่ยวกับการป้องกันและแก้ไขปัญหาหมอกควันและไฟป่า
-[...1 lines deleted...]
-๓.เพื่อส่งเสริมภาคประชาชนและจิตอาสาเข้าร่วมเป็นภาคีเครือข่ายอาสาสมัครป้องกันและแก้ไขปัญหาหมอกควันและไฟป่าอย่างยั่งยืน
+    <t xml:space="preserve">๑.เพื่อสร้างจิตสำนึกและเสริมสร้างเกี่ยวกับการป้องกันและแก้ไขปัญหาหมอกควันและไฟป่า_x000D_
+๒.เพื่อสร้างการมีส่วนร่วมในการป้องกันและแก้ไขปัญหาหมอกควันและไฟป่า_x000D_
+๓.เพื่อส่งเสริมภาคประชาชนและจิตอาสาเข้าร่วมเป็นภาคีเครือข่ายอาสาสมัครป้องกันและแก้ไขปัญหาหมอกควันและไฟป่าอย่างยั่งยืน_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">๑.จำนวนวันที่ปริมาณฝุ่นละอองขนาดเล็ก (PM ๒.๕) เกินเกณฑ์มาตรฐานลดลงร้อยละ ๒๐ จากค่าเฉลี่ยย้อนหลัง ๓ ปี ๒.จำนวนจุดความร้อน (Hotspot) ลดลงร้อยละ ๒๐ จากค่าเฉลี่ยย้อนหลัง ๓ ปี ในช่วงวิกฤติ (๑ ม.ค.-๓๐ เม.ย. </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการฝึกอบรมส่งเสริมอาชีพในการเลี้ยงปู ขององค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1. เพื่อส่งเสริมอาชีพให้กับประชาชน
-[...12 lines deleted...]
-ในพื้นที่จังหวัดพะเยา
+    <t xml:space="preserve">1. เพื่อส่งเสริมอาชีพให้กับประชาชน_x000D_
+ในเขตพื้นที่จังหวัดพะเยาให้มีรายได้_x000D_
+มีกิจกรรมเสริมสามารถยกระดับมาตรฐาน_x000D_
+คุณภาพชีวิตที่ดี และมีความสุขบนพื้นฐาน_x000D_
+ปรัชญาเศรษฐกิจพอเพียง_x000D_
+2. เพื่อสนับสนุนการพัฒนาเครือข่าย_x000D_
+ประชาชนในพื้นที่จังหวัดพะเยา_x000D_
+หรือการพัฒนาอื่นๆ ที่เกี่ยวข้อง_x000D_
+ซึ่งจะสามารถเป็นกลไกในการบริหาร_x000D_
+จัดการกลุ่มเครือข่ายอาชีพ_x000D_
+ได้อย่างต่อเนื่อง_x000D_
+3. เพื่อสร้างโอกาสและทางเลือก_x000D_
+ในการประกอบอาชีพให้กับประชาชน_x000D_
+ในพื้นที่จังหวัดพะเยา_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">จัดฝึกอบรมเกี่ยวกับการเลี้ยงปู จำนวน 30 คน </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการฝึกอบรมส่งเสริมอาชีพในการเลี้ยงกบ  ขององค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1. เพื่อส่งเสริมอาชีพให้กับประชาชน
-[...13 lines deleted...]
-ในพื้นที่จังหวัดพะเยา
+    <t xml:space="preserve">1. เพื่อส่งเสริมอาชีพให้กับประชาชน_x000D_
+ในเขตพื้นที่จังหวัดพะเยาให้มีรายได้_x000D_
+และมีกิจกรรมเสริมสามารถยกระดับ_x000D_
+มาตรฐานคุณภาพชีวิตที่ดี_x000D_
+และมีความสุขบนพื้นฐานปรัชญา_x000D_
+เศรษฐกิจพอเพียง_x000D_
+2. เพื่อสนับสนุนการพัฒนาเครือข่าย_x000D_
+ประชาชนในพื้นที่จังหวัดพะเยา_x000D_
+หรือการพัฒนาอื่นๆ ที่เกี่ยวข้อง_x000D_
+ซึ่งจะสามารถเป็นกลไกในการ_x000D_
+บริหารจัดการกลุ่มเครือข่ายอาชีพ_x000D_
+ได้อย่างต่อเนื่อง_x000D_
+3. เพื่อสร้างโอกาสและทางเลือก_x000D_
+ในการประกอบอาชีพให้กับประชาชน_x000D_
+ในพื้นที่จังหวัดพะเยา_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">จัดฝึกอบรมเกี่ยวกับการเลี้ยงกบ จำนวน 30 คน </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการส่งเสริมอาชีพเลี้ยงกบ ด้วยระบบการเปลี่ยนถ่ายน้ำอัตโนมัติ (Frog smart farming) องค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1. เพื่อส่งเสริมอาชีพ แก่ประชาชน
-[...11 lines deleted...]
-4. เพื่อฝึกอบรม อาชีพเกษตรผู้เลี้ยงกบ
+    <t xml:space="preserve">1. เพื่อส่งเสริมอาชีพ แก่ประชาชน_x000D_
+จังหวัดพะเยาและเกษตรผู้เลี้ยงกบ_x000D_
+สามารถเลี้ยงกบโดยใช้เทคโนโลยีนวัตกรรม_x000D_
+ที่เกี่ยวกับการเลี้ยงกบได้_x000D_
+2. เพื่อส่งเสริมให้เกิดการเรียนรู้_x000D_
+และเข้าถึงเทคโนโลยี_x000D_
+การประยุกต์ใช้เทคโนโลยีนวัตกรรม_x000D_
+ในการเลี้ยงกบให้มีมาตรฐาน_x000D_
+ผ่านแอปพลิเคชั่น_x000D_
+3. เพื่อสร้างโอกาสและทางเลือก_x000D_
+ในการประกอบอาชีพให้กับประชาชน_x000D_
+ในพื้นที่จังหวัดพะเยา_x000D_
+4. เพื่อฝึกอบรม อาชีพเกษตรผู้เลี้ยงกบ_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ประชาชนจังหวัดพะเยา และเกษตรกรผู้เลี้ยงกบ ต้องการพัฒนาระบบเลี้ยงกบ โดยใช้เทคโนโลยีนวัตกรรม จำนวน 30 คน </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการฝึกอบรมเชิงปฏิบัติการ เพื่อพัฒนาการสร้างผลิตภัณฑ์เซรามิก เพื่อเพิ่มโอกาสในการประกอบอาชีพ ให้ประชาชนจังหวัดพะเยา องค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1. เพื่อฝึกอบรมเกี่ยวกับการสร้างผลิตภัณฑ์เซรามิกให้กับผู้สนใจในเขตพื้นที่จังหวัดพะเยา
-[...6 lines deleted...]
-มีประสิทธิภาพ
+    <t xml:space="preserve">1. เพื่อฝึกอบรมเกี่ยวกับการสร้างผลิตภัณฑ์เซรามิกให้กับผู้สนใจในเขตพื้นที่จังหวัดพะเยา_x000D_
+2. เพื่อยกระดับรายได้และเพิ่มโอกาสในการประกอบอาชีพและสร้างรายได้ให้แก่ตนเองและครอบครัว_x000D_
+3. เพิ่มช่องทางและสร้างรายได้ให้แก่ผู้ประสบปัญหาว่างงาน_x000D_
+4. เพื่อส่งเสริมให้ประชาชนในพื้นที่จังหวัดพะเยา มีความรู้และทักษะในการสร้างผลิตภัณฑ์เซรามิกและสร้างรายได้เสริมเพิ่มขึ้น_x000D_
+5. เพื่อส่งเสริมให้ประชาชน_x000D_
+จังหวัดพะเยา มีความสามารถในการ_x000D_
+สร้างผลิตภัณฑ์เซรามิกให้กับได้อย่าง_x000D_
+มีประสิทธิภาพ_x000D_
+_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">จัดฝึกอบรมเกี่ยวกับ การสร้างผลิตภัณฑ์เซรามิก จำนวน 2 รุ่น รุ่นละ 25 คน    </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงซุ้มประตูเมืองเฉลิมพระเกียรติ พระราชพิธีมหามงคลเฉลิมพระชนมพรรษา 6 รอบ 28 กรกฎาคม 2567 ประจำภาคเหนือ 9 จังหวัด </t>
   </si>
   <si>
-    <t xml:space="preserve">1 เพื่อปรับปรุงให้ซุ้มประตูเมืองเฉลิมพระเกียรติมีความสวยงามสมพระเกียรติ
-2 เพื่อให้ซุ้มประตูเมืองเฉลิมพระเกียรติมีความมั่นคง แข็งแรง
+    <t xml:space="preserve">1 เพื่อปรับปรุงให้ซุ้มประตูเมืองเฉลิมพระเกียรติมีความสวยงามสมพระเกียรติ_x000D_
+2 เพื่อให้ซุ้มประตูเมืองเฉลิมพระเกียรติมีความมั่นคง แข็งแรง_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ปรับปรุงซุ้มประตูเมืองเฉลิมพระเกียรติ พระราชพิธีมหามงคลเฉลิมพระชนมพรรษา 6 รอบ 28 กรกฎาคม 2567 ประจำภาคเหนือ 9 จังหวัด ประกอบด้วย - ทำงานหล่อไฟเบอร์กลาส  ตราสัญลักษณ์ 72 พรรษา  (ตามแบบลวดลายที่ 1)  - งานสีพื้นน้ำเงิน,สีทอง,สีทรงพระเจริญ,ครุฑ,สีกรอบไฟเบอร์กลาส  ทั้ง 2 ด้าน  - งานปรับปรุงซ่อมแซมระบบไฟฟ้าส่องสว่าง (ตามแบบผังระบบไฟฟ้าแสงสว่าง) รายละเอียดตามประมาณการและแบบแปลนที่ อบจ.พะเยา กำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการอบรมเชิงปฏิบัติการ การพัฒนาศักยภาพแกนนำผู้สูงอายุจังหวัดพะเยา ประจำปีงบประมาณ 2568 </t>
   </si>
   <si>
-    <t xml:space="preserve">1. เพื่อให้แกนนำผู้สูงอายุและทีม พี่เลี้ยง มีความรู้และมีทักษะในการดูแลผู้สูงอายุ ผู้พิการ และผู้ที่จำเป็นต้องได้รับการฟื้นฟูสมรรถภาพ ได้อย่างถูกต้องและเหมาะสม
-2. เพื่อให้ผู้สูงอายุ ผู้พิการ และผู้ที่จำเป็นต้องได้รับการฟื้นฟูสมรรถภาพ ได้รับการบริการด้านสุขภาพที่มีประสิทธิภาพ
+    <t xml:space="preserve">1. เพื่อให้แกนนำผู้สูงอายุและทีม พี่เลี้ยง มีความรู้และมีทักษะในการดูแลผู้สูงอายุ ผู้พิการ และผู้ที่จำเป็นต้องได้รับการฟื้นฟูสมรรถภาพ ได้อย่างถูกต้องและเหมาะสม_x000D_
+2. เพื่อให้ผู้สูงอายุ ผู้พิการ และผู้ที่จำเป็นต้องได้รับการฟื้นฟูสมรรถภาพ ได้รับการบริการด้านสุขภาพที่มีประสิทธิภาพ_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">1. แกนนำผู้สูงอายุในพื้นที่ อำเภอจุน อำเภอปง อำเภอเชียงคำ และอำเภอเชียงม่วน จำนวน 54 คน 2. แกนนำผู้สูงอายุในพื้นที่ อำเภอเมือง อำเภอดอกคำใต้ อำเภอภูกามยาว และอำเภอแม่ใจ จำนวน 54 คน </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการส่งเสริมสนับสนุนการดูแลสุขภาพ กลุ่มผู้ป่วย Intermediate Care (IMC) ด้วยการแพทย์แผนไทย ของเจ้าหน้าที่ สอน. รพ.สต. สังกัด อบจ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อพัฒนารูปแบบการดูแลผู้ป่วยโรคหลอดเลือดสมองระยะกลาง (Intermediate Care) ใน สอน.
-[...2 lines deleted...]
-3.เพื่อส่งเสริมและสนับสนุนให้มีการใช้สมุนไพร ภูมิปัญญาพื้นบ้าน ในการดูแลผู้ป่วย IMC
+    <t xml:space="preserve">1.เพื่อพัฒนารูปแบบการดูแลผู้ป่วยโรคหลอดเลือดสมองระยะกลาง (Intermediate Care) ใน สอน._x000D_
+รพ.สต. สังกัด อบจ.พะเยา_x000D_
+2.เพื่อส่งเสริมและสนับสนุนการจัดบริการแพทย์แผนไทยและการแพทย์ทางเลือกที่มีคุณภาพและมาตรฐานในหน่วยบริการสาธารณสุข ให้บริการผู้ป่วย IMC_x000D_
+3.เพื่อส่งเสริมและสนับสนุนให้มีการใช้สมุนไพร ภูมิปัญญาพื้นบ้าน ในการดูแลผู้ป่วย IMC_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">เจ้าหน้าที่ใน สอน.และรพ.สต. สังกัดองค์การบริหารส่วนจังหวัดพะเยาที่รับผิดชอบงานแพทย์แผนไทย จำนวน 20 คน </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการแข่งขันกีฬานักเรียนระดับโรงเรียนมัธยมศึกษา จังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1. เพื่อส่งเสริมการเรียนรู้ด้านกีฬา และให้นักเรียนได้แสดงความสามารถด้านกีฬาตามความถนัดและความสนใจในระดับโรงเรียนมัธยมศึกษา จังหวัดพะเยาและระดับการแข่งขันที่สูงขึ้น                                                    
-[...3 lines deleted...]
-ในอนาคต
+    <t xml:space="preserve">1. เพื่อส่งเสริมการเรียนรู้ด้านกีฬา และให้นักเรียนได้แสดงความสามารถด้านกีฬาตามความถนัดและความสนใจในระดับโรงเรียนมัธยมศึกษา จังหวัดพะเยาและระดับการแข่งขันที่สูงขึ้น                                                    _x000D_
+2. เพื่อให้นักเรียน_x000D_
+ได้พัฒนาขีดความสามารถด้านกีฬา และมีแนวทางในการศึกษาต่อ_x000D_
+และประกอบอาชีพ_x000D_
+ในอนาคต_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">1.นักเรียนระดับมัธยมศึกษา  ในกลุ่มโรงเรียนมัธยมศึกษาจังหวัดพะเยา และโรงเรียนราชประชานุเคราะห์ 24 จำนวน 19 โรงเรียน ได้เข้าร่วมกิจกรรมการแข่งขันกีฬาตามความสามารถและความถนัด 2.นักเรียนระดับมัธยมศึกษา ในกลุ่มโรงเรียนมัธยมศึกษาจังหวัดพะเยา และโรงเรียนราชประชานุเคราะห์ 24 ได้รับการพัฒนาทักษะด้านกีฬาในประเภทที่ตนเองถนัด สนใจ  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการส่งเสริมศักยภาพการดูแลตนเองของผู้ป่วยเบาหวานและความดันโลหิตในชุมชนพื้นที่ สอน.และรพ.สต. สังกัด อบจ.พะเยา  </t>
   </si>
   <si>
-    <t xml:space="preserve">1. เพื่อให้ประชาชนในพื้นที่เกิดความตระหนักและมีส่วนร่วมในการดูแลตนเอง เกิดพฤติกรรมการป้องกันและควบคุมโรคเบาหวานและความดันโลหิตสูงอย่างถูกต้อง
-2. เพื่อให้ความรู้และพัฒนาทักษะ ให้ประชาชนในพื้นที่สามารถตรวจวัดระดับความดันโลหิตและน้ำตาลในเลือดด้วยตนเองได้อย่างถูกต้อง
+    <t xml:space="preserve">1. เพื่อให้ประชาชนในพื้นที่เกิดความตระหนักและมีส่วนร่วมในการดูแลตนเอง เกิดพฤติกรรมการป้องกันและควบคุมโรคเบาหวานและความดันโลหิตสูงอย่างถูกต้อง_x000D_
+2. เพื่อให้ความรู้และพัฒนาทักษะ ให้ประชาชนในพื้นที่สามารถตรวจวัดระดับความดันโลหิตและน้ำตาลในเลือดด้วยตนเองได้อย่างถูกต้อง_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ผู้ป่วยเบาหวานและความดันโลหิตในพื้นที่ จำนวน 2,243 คน </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการเช่าที่ดิน เพื่อส่งเสริมอาชีพ บริการสาธารณะและการพาณิชย์ขององค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อดำเนินการเช่าที่ดินตลอดจนอาคาร หรือสิ่งปลูกสร้างอื่นเพื่อรองรับการดำเนินงานขององค์การบริหารส่วนจังหวัดพะเยาและภารกิจตามอำนาจหน้าที่ขององค์การบริหารส่วนจังหวัด
-2.เพื่อให้มีพื้นที่สำหรับใช้ในการบริการสาธารณะขององค์การบริหารส่วนจังหวัดพะเยา เพื่อประโยชน์ของประชาชนในจังหวัดพะเยา
+    <t xml:space="preserve">1.เพื่อดำเนินการเช่าที่ดินตลอดจนอาคาร หรือสิ่งปลูกสร้างอื่นเพื่อรองรับการดำเนินงานขององค์การบริหารส่วนจังหวัดพะเยาและภารกิจตามอำนาจหน้าที่ขององค์การบริหารส่วนจังหวัด_x000D_
+2.เพื่อให้มีพื้นที่สำหรับใช้ในการบริการสาธารณะขององค์การบริหารส่วนจังหวัดพะเยา เพื่อประโยชน์ของประชาชนในจังหวัดพะเยา_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ประชาชนในจังหวัดพะเยาได้ใช้ประโยชน์ในพื้นที่รวมถึงอาคารหรือสิ่งก่อสร้าง ที่ทำการเช่า เพื่อสร้างอาชีพและรายได้ให้แก่ตนเองและครอบครัว เพื่อให้สามารถดำรงชีพได้อย่างยั่งยืน </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการจัดงานมหกรรม การเกษตรและท่องเที่ยวถนนสายดอกไม้งามริมกว๊านพะเยา  โดยองค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1. เพื่อเป็นการประชาสัมพันธ์และส่งเสริมการท่องเที่ยวของจังหวัดพะเยาฯ
-[...2 lines deleted...]
-3. เพื่อดูแลความปลอดภัยทั้งทางบกและทางน้ำรักษาความสงบเรียบร้อยและการจราจรฯ
+    <t xml:space="preserve">1. เพื่อเป็นการประชาสัมพันธ์และส่งเสริมการท่องเที่ยวของจังหวัดพะเยาฯ_x000D_
+2. เพื่อจัดเตรียมสถาน_x000D_
+ที่ให้มีความเหมาะสมในการจัดงาน เพื่อรองรับพิธีเปิดรองรับการแสดงต่างๆฯ_x000D_
+3. เพื่อดูแลความปลอดภัยทั้งทางบกและทางน้ำรักษาความสงบเรียบร้อยและการจราจรฯ_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายรอบพระธาตุภูปอ บ้านหนองกลาง หมู่ที่ 7 ต.บ้านมาง อ.เชียงม่วน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,720.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,444.00 ลบ.ม.พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,720ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,444ลบ.ม.พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายอ่างห้วยเฒ่าดา บ้านแบ่ง หมู่ที่ 5 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,780.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,495.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,780ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,495ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายโชคฆ้อง บ้านเลี้ยว หมู่ที่ 10 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,000.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 840.00 ลบ.ม. สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 750.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 630.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,470.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,000ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 840ลบ.ม. สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 750ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 630ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,470ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยสอนแล้ง บ้านป่าคาใหม่ หมู่ที่ 8 ต.ควร อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  ขนาดผิวจราจรกว้างเฉลี่ย  4.00 ม. ยาว 1,780.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,495.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  ขนาดผิวจราจรกว้างเฉลี่ย  4ม. ยาว 1,780ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,495ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยจำแหย่ง บ้านบ่อต้นสัก หมู่ที่ 10 ต.บ้านมาง อ.เชียงม่วน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  ขนาดผิวจราจรกว้างเฉลี่ย  4.00 ม. ยาว 1,750.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,470.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  ขนาดผิวจราจรกว้างเฉลี่ย  4ม. ยาว 1,750ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,470ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการซ่อมสร้างผิวทางแอสฟัลต์คอนกรีตโดยวิธี Pavement In Place Recycling รหัสสายทาง พย.ถ.10045 บ้านแสล่ง - บ้านทุ่งติ้ว ต.เชียงแรง เชื่อม ต.ภูซาง อ.ภูซาง จ.พะเยา (ตอนที่ 3) </t>
   </si>
   <si>
-    <t xml:space="preserve">1  ซ่อมสร้างผิวทางแอสฟัลต์คอนกรีตให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1  ซ่อมสร้างผิวทางแอสฟัลต์คอนกรีตให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ซ่อมสร้างผิวทางแอสฟัลต์คอนกรีตโดยวิธี Pavement In Place Recycling ช่วง กม. 3+300 ถึง กม. 5+150 ระยะทาง 1.850 กม. ผิวทางกว้างเฉลี่ย 6.00 เมตร หรือมีพื้นที่ไม่น้อยกว่า 11,100.00 ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ซ่อมสร้างผิวทางแอสฟัลต์คอนกรีตโดยวิธี Pavement In Place Recycling ช่วง กม. 3+300 ถึง กม. 5+150 ระยะทาง 1.850 กม. ผิวทางกว้างเฉลี่ย 6เมตร หรือมีพื้นที่ไม่น้อยกว่า 11,100ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการซ่อมแซมผิวทางแอสฟัลต์คอนกรีตโดยวิธี Pavement In Place Recycling รหัสสายทาง พย.ถ. 10061 บ้านแช่แห้ง - บ้านหัวขัว ต.หย่วน อ.เชียงคำ เชื่อม ต.สบบง อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1  ซ่อมแซมผิวทางแอสฟัลต์คอนกรีตให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1  ซ่อมแซมผิวทางแอสฟัลต์คอนกรีตให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ซ่อมแซมผิวทางแอสฟัลต์คอนกรีตโดยวิธี Pavement In Place Recycling  ช่วง กม. 0+000 ถึง กม. 1+580 ระยะทาง 1.580 กม. ผิวทางกว้างเฉลี่ย 6.00 เมตร หรือมีพื้นที่ไม่น้อยกว่า 9,480 ตร.ม.รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ซ่อมแซมผิวทางแอสฟัลต์คอนกรีตโดยวิธี Pavement In Place Recycling  ช่วง กม. 0+000 ถึง กม. 1+580 ระยะทาง 1.580 กม. ผิวทางกว้างเฉลี่ย 6เมตร หรือมีพื้นที่ไม่น้อยกว่า 9,480 ตร.ม.รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างรางระบายน้ำ ค.ส.ล. รูปตัวยู  พร้อมฝาปิด บ้านร่องห้าป่าฉำฉา หมู่ 14 ต.บ้านต๋อม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1 เพื่อให้มีรางระบายน้ำสามารถระบายน้ำไหลหลากได้อย่างมีประสิทธิภาพ
-2 เพื่อแก้ไขปัญหาน้ำท่วมบ้านเรือนราษฎร
+    <t xml:space="preserve">1 เพื่อให้มีรางระบายน้ำสามารถระบายน้ำไหลหลากได้อย่างมีประสิทธิภาพ_x000D_
+2 เพื่อแก้ไขปัญหาน้ำท่วมบ้านเรือนราษฎร_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างรางระบายน้ำ ค.ส.ล. รูปตัวยู พร้อมฝาปิด กว้าง 0.30 ม. ลึก 0.40 ม. หนา 0.10 ม. ยาว 60.00 ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างรางระบายน้ำ ค.ส.ล. รูปตัวยู พร้อมฝาปิด กว้าง 0.30 ม. ลึก 0.40 ม. หนา 0.10 ม. ยาว 60ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างรางระบายน้ำรูปตัวยู แบบมีฝาปิด ข้างถนน อบจ.พะเยา ม.5 ต.เวียง อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.  เพื่อให้มีรางระบายน้ำสามารถระบายน้ำไหลหลากได้อย่างมีประสิทธิภาพ
-[...1 lines deleted...]
-3. ทำการก่อสร้าง บ่อพัก ค.ส.ล. ขนาดความกว้าง 1.20 ม. ยาว 1.20 ม. หนา 0.15 ม. ลึก 1.00 ม. (รวมฝาและพื้น) ช่วงที่ 2 จำนวน 1 บ่อรายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา
+    <t xml:space="preserve">1.  เพื่อให้มีรางระบายน้ำสามารถระบายน้ำไหลหลากได้อย่างมีประสิทธิภาพ_x000D_
+2.  เพื่อแก้ไขปัญหาน้ำท่วมบ้านเรือนราษฎร_x000D_
+3. ทำการก่อสร้าง บ่อพัก ค.ส.ล. ขนาดความกว้าง 1.20 ม. ยาว 1.20 ม. หนา 0.15 ม. ลึก 1ม. (รวมฝาและพื้น) ช่วงที่ 2 จำนวน 1 บ่อรายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา_x000D_
+_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างรางระบายน้ำรูปตัวยู แบบมีฝาปิด ข้างถนน โดยดำเนินการดังนี้  1. ทำการก่อสร้างรางระบายน้ำแบบมีฝาปิด รูปตัวยู ขนาดปากกว้างด้านนอก 0.75 ม. หนา 0.125 ม. ลึกด้านในเฉลี่ย 0.50 ม.(บนฝาถึงบนพื้น) ช่วงที่ 1 ยาว 100.00 ม. และ ช่วงที่ 2 ยาว 40.00 ม 2. ทำการก่อสร้าง บ่อพัก ค.ส.ล. ขนาดความกว้าง 1.30 ม. ยาว 1.30 ม. หนา 0.15 ม. ลึก 1.80 ม. (รวมฝาและพื้น) ช่วงที่ 1 จำนวน 2 บ่อ </t>
+    <t xml:space="preserve">ก่อสร้างรางระบายน้ำรูปตัวยู แบบมีฝาปิด ข้างถนน โดยดำเนินการดังนี้  1. ทำการก่อสร้างรางระบายน้ำแบบมีฝาปิด รูปตัวยู ขนาดปากกว้างด้านนอก 0.75 ม. หนา 0.125 ม. ลึกด้านในเฉลี่ย 0.50 ม.(บนฝาถึงบนพื้น) ช่วงที่ 1 ยาว 100ม. และ ช่วงที่ 2 ยาว 40ม 2. ทำการก่อสร้าง บ่อพัก ค.ส.ล. ขนาดความกว้าง 1.30 ม. ยาว 1.30 ม. หนา 0.15 ม. ลึก 1.80 ม. (รวมฝาและพื้น) ช่วงที่ 1 จำนวน 2 บ่อ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร บ้านล้า ม.4 ต.เวียง เชื่อม ต.ทุ่งผาสุข อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1  ปรับปรุงถนนหินคลุกให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1  ปรับปรุงถนนหินคลุกให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. หนาเฉลี่ย 0.10 ม.ยาว 500.00 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 150.00 ลบ.ม(คิวหลวม)   สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. หนาเฉลี่ย 0.10 ม. ยาว 700.00 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 210.00 ลบ.ม.(คิวหลวม)   สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. หนาเฉลี่ย 0.10 ม. ยาว 480.00 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 144.00 ลบ.ม.(คิวหลวม)   หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 504.00 ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. หนาเฉลี่ย 0.10 ม.ยาว 500ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 150ลบ.ม(คิวหลวม)   สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. หนาเฉลี่ย 0.10 ม. ยาว 700ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 210ลบ.ม.(คิวหลวม)   สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. หนาเฉลี่ย 0.10 ม. ยาว 480ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 144ลบ.ม.(คิวหลวม)   หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 504ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายหล่ายอิง บ้านหาดแฟน หมู่ที่ 6 ต.ห้วยแก้ว อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,000.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 840.00 ลบ.ม. สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 700.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 588.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,428.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน  อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,000ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 840ลบ.ม. สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 700ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 588ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,428ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน  อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยโป่ง บ้านห้วยขุ่น หมู่ที่ 5 ต.ควร อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  ขนาดผิวจราจรกว้างเฉลี่ย  4.00 ม. ยาว 1,800.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,512.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  ขนาดผิวจราจรกว้างเฉลี่ย  4ม. ยาว 1,800ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,512ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 2 ต.แม่สุก อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจร กว้างเฉลี่ย 3.50 ม. ยาว 700.00 ม.  หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 245.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 1,000.00 ม.  หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 350.00 ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 190.00 ม.  หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 57.00 ลบ.ม. หรือมีปริมาตรหินคลุกรวมกัน ไม่น้อยกว่า 652.00 ลบ.ม.  (คิวหลวม)พร้อมปรับเกลี่ย ให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน  อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจร กว้างเฉลี่ย 3.50 ม. ยาว 700ม.  หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 245ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 1,000ม.  หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 350ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 190ม.  หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 57ลบ.ม. หรือมีปริมาตรหินคลุกรวมกัน ไม่น้อยกว่า 652ลบ.ม.  (คิวหลวม)พร้อมปรับเกลี่ย ให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน  อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. ซอยบ้านหมอนี  บ้านแบ่ง หมู่ที่ 5 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1  ก่อสร้างถนน ค.ส.ล. สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1  ก่อสร้างถนน ค.ส.ล. สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ขนาดผิวจราจรกว้าง 4.00 ม. ยาว 204.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 816.00 ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,800.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,470.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ขนาดผิวจราจรกว้าง 4ม. ยาว 204ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 816ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,800ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,470ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร บ้านน้ำจุนใหม่ ม.10 ต.ลอ เชื่อม ต.หงส์หิน อ.จุน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. หนาเฉลี่ย 0.10 ม.  ยาว 1,810.00 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 543.00 ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3ม. หนาเฉลี่ย 0.10 ม.  ยาว 1,810ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 543ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายอ่างห้วยนาคา บ้านหนองบัว หมู่ที่ 2 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายสต๊อดน้ำแป้ง บ้านเลี้ยว หมู่ที่ 10 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายบ่อขยะ บ้านทุ่งมอก หมู่ที่ 5 ต.บ้านมาง อ.เชียงม่วน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  ขนาดผิวจราจรกว้างเฉลี่ย  4.00 ม. ยาว 1,720.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,444.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  ขนาดผิวจราจรกว้างเฉลี่ย  4ม. ยาว 1,720ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,444ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. ม.4 ต.น้ำแวน อ.เชียงคำ เชื่อม ต.ทุ่งรวงทอง อ.จุน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1  ก่อสร้างถนน ค.ส.ล. ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1  ก่อสร้างถนน ค.ส.ล. ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4.00 ม. ยาว 207.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 828.00 ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4ม. ยาว 207ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 828ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายโทกน้ำเขียว ม.5 ต.ห้วยลาน อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1  ปรับปรุงถนนลูกรังบดอัดแน่นให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1  ปรับปรุงถนนลูกรังบดอัดแน่นให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,000.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 640.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 850.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 629.00 ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 300.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 222.00 ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,491.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,000ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 640ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 850ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 629ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 300ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 222ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,491ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายวิทยาลัยเทคนิคดอกคำใต้ ม.10 ต.ดงสุวรรณ เชื่อม ต.สันโค้ง อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 500.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 420.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,000.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 840.00 ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 350.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 294.00 ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 500ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 420ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,000ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 840ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 350ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 294ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายทุ่งหล่ม ม.6 ต.เชียงแรง เชื่อม ต.สบบง อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. หนาเฉลี่ย 0.10 ม. ยาว 1,420.00 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 426.00 ลบ.ม.(คิวหลวม)   สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. หนาเฉลี่ย 0.10 ม. ยาว 260.00 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 78.00 ลบ.ม.(คิวหลวม)   หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 504.00 ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. หนาเฉลี่ย 0.10 ม. ยาว 1,420ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 426ลบ.ม.(คิวหลวม)   สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. หนาเฉลี่ย 0.10 ม. ยาว 260ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 78ลบ.ม.(คิวหลวม)   หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 504ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านคอดยาว ม.10 ต.ทุ่งกล้วย เชื่อม ต.ป่าสัก อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 900.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 756.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 400.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 336.00 ลบ.ม.  สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 350.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 259.00 ลบ.ม.  สายที่ 4 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 250.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 210.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,561.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 900ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 756ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 400ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 336ลบ.ม.  สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 350ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 259ลบ.ม.  สายที่ 4 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 250ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 210ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,561ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านผาลาด ม.7 ต.ภูซาง เชื่อม ต.ป่าสัก อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,400.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,176.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 350.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 294.00 ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 100.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  84.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,400ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,176ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 350ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 294ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 100ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า  84ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายห้วยเสือหล่อ ม.4 ต.บ้านถ้ำ เชื่อม ต.หนองหล่ม อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. หนาเฉลี่ย 0.10 ม. ยาว 2,210.00 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 663.00 ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3ม. หนาเฉลี่ย 0.10 ม. ยาว 2,210ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 663ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายปางผึ้ง หมู่ที่ 6 ต.บ้านมาง อ.เชียงม่วน จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านก๊อหลวง ม.2 ต.ทุ่งกล้วย เชื่อม ต.ป่าสัก อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 5.00 ม. ยาว 550.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 572.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 900.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 756.00 ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 300.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 252.00 ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,580.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 5ม. ยาว 550ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 572ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 900ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 756ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 300ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 252ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,580ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายน้ำขาน บ้านหนองบัว หมู่ที่ 2 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1 ปรับปรุงถนนให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1 ปรับปรุงถนนให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม.  ยาว 1,330.00 ม.  หนาเฉลี่ย 0.10 ม.  หรือมีปริมาตรหินคลุกไม่น้อยกว่า 532.00 ลบ.ม.  (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 4ม.  ยาว 1,330ม.  หนาเฉลี่ย 0.10 ม.  หรือมีปริมาตรหินคลุกไม่น้อยกว่า 532ลบ.ม.  (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนนไหล่ทางถนน ค.ส.ล. 2 ข้าง ช่วงที่ 2 สายหลัง รพ.อำเภอปง ต.นาปรัง เชื่อม ต.ออย อ.ปง จ.พะเยา  </t>
   </si>
   <si>
-    <t xml:space="preserve">1  ก่อสร้างถนนไหล่ทางถนน ค.ส.ล. ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1  ก่อสร้างถนนไหล่ทางถนน ค.ส.ล. ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนนไหล่ทางถนน ค.ส.ล. 2 ข้าง ขนาดผิวจราจรข้างละ 1.00 ม. ยาว 640.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 1,280.00 ตร.ม.รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนนไหล่ทางถนน ค.ส.ล. 2 ข้าง ขนาดผิวจราจรข้างละ 1ม. ยาว 640ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 1,280ตร.ม.รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร   สายห้วยเคียน  บ้านป่าแดง หมู่ที่ 9 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม.  ยาว 1,365.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 546.00 ลบ.ม.  (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
-[...3 lines deleted...]
-2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 4ม.  ยาว 1,365ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 546ลบ.ม.  (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.ปรับปรุงถนนลูกรังบดอัดแน่นให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,750.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,470.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,750ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,470ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการขุดลอกสระเก็บน้ำหนองมน ม.6 ต.เชียงแรง อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1 เพื่อเพิ่มปริมาณกักเก็บน้ำเพื่อทำการเกษตรและน้ำในการอุปโภค
-2 เพื่อให้ประชาชนมีน้ำใช้ในการเกษตรในฤดูแล้ง
+    <t xml:space="preserve">1 เพื่อเพิ่มปริมาณกักเก็บน้ำเพื่อทำการเกษตรและน้ำในการอุปโภค_x000D_
+2 เพื่อให้ประชาชนมีน้ำใช้ในการเกษตรในฤดูแล้ง_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">โดยทำการขุดลอกแหล่งน้ำ พื้นที่ไม่น้อยกว่า 2,500.00 ตร.ม. ลึกเฉลี่ย 2.00 - 5.00 ม. หรือมีปริมาตรดินขุดไม่น้อยกว่า 9,310.00 ลบ.ม. โดยทำการขุดลอกขึ้นมากอง พร้อมปรับแต่งงานดินขุดให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">โดยทำการขุดลอกแหล่งน้ำ พื้นที่ไม่น้อยกว่า 2,500ตร.ม. ลึกเฉลี่ย 2- 5ม. หรือมีปริมาตรดินขุดไม่น้อยกว่า 9,310ลบ.ม. โดยทำการขุดลอกขึ้นมากอง พร้อมปรับแต่งงานดินขุดให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยปู่เงิน บ้านแฮะ หมู่ที่ 11 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,000.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 840.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 750.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 630.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,470.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,000ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 840ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 750ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 630ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,470ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายหาดผาชู้ บ้านหนองกลาง หมู่ที่ 7 ต.บ้านมาง อ.เชียงม่วน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,850.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,554.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,850ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,554ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายห้วยสัก บ้านปางผักหม หมู่ที่ 7 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.ปรับปรุงถนนหินคลุกให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย
+    <t xml:space="preserve">1.ปรับปรุงถนนหินคลุกให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 1,440.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 504.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 1,440ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 504ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยป่าน บ้านน้ำฮาก หมู่ที่ 16 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,780.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,495.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,780ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,495ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายกิ่วบวก บ้านปางผักหม หมู่ที่ 7 ต.งิม  อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายป่าแหน่ง บ้านทุ่งแต หมู่ที่ 1 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,800.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,512.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,800ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,512ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายทางเข้าหน้าสวนนายปรีชา หมู่ที่ 6 ต.แม่นาเรือ อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 500.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 420.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,350.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,134.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 500ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 420ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,350ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,134ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ม.10 ต.ป่าซาง เชื่อม ต.ดงสุวรรณ อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 900.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 315.00 ลบ.ม. (คิวหลวม) สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 830.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 290.00 ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 605.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 900ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 315ลบ.ม. (คิวหลวม) สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 830ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 290ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 605ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยโป่งค่าง บ้านควร หมู่ที่ 3 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 3,9 ต.ท่าวังทอง อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น ช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,100.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 330.00 ลบ.ม. (คิวหลวม) ช่วงที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 250.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 87.50 ลบ.ม. (คิวหลวม) ช่วงที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 150.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 52.50 ลบ.ม. (คิวหลวม) ช่วงที่ 4 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 250.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 75.00 ลบ.ม. (คิวหลวม) ช่วงที่ 5 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 500.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 150.00 ลบ.ม. (คิวหลวม) ช่วงที่ 6 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 100.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 30.00 ลบ.ม. (คิวหลวม) ช่วงที่ 7 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 100.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 30.00 ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 755.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น ช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,100ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 330ลบ.ม. (คิวหลวม) ช่วงที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 250ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 87.50 ลบ.ม. (คิวหลวม) ช่วงที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 150ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 52.50 ลบ.ม. (คิวหลวม) ช่วงที่ 4 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 250ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 75ลบ.ม. (คิวหลวม) ช่วงที่ 5 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 500ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 150ลบ.ม. (คิวหลวม) ช่วงที่ 6 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 100ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 30ลบ.ม. (คิวหลวม) ช่วงที่ 7 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 100ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 30ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 755ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยเรือง บ้านบ่อค้าง หมู่ที่ 5 ต.นาปรัง อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 500.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 370.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,500.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,260.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,630.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 500ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 370ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,500ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,260ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,630ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. สายข้างป่าสุสาน บ้านดอยอิสาน ม.2 ต.อ่างทอง อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.ก่อสร้างถนน ค.ส.ล. ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2.เพื่อให้ประชาชนได้สัญจรและคมนาคมสะดวกมากขึ้น
+    <t xml:space="preserve">1.ก่อสร้างถนน ค.ส.ล. ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2.เพื่อให้ประชาชนได้สัญจรและคมนาคมสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 4.00 ม. ยาว 195.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 780.00 ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 4ม. ยาว 195ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 780ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายเลียบน้ำอิง หมู่ที่ 8 ต.ท่าจำปี อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น ช่วงที่ 1  ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,500.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 450.00 ลบ.ม. (คิวหลวม) ช่วงที่ 2  ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 900.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 270.00 ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 720.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น ช่วงที่ 1  ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,500ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 450ลบ.ม. (คิวหลวม) ช่วงที่ 2  ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 900ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 270ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 720ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายทุ่งดินดำ บ้านร่องไฮ หมู่ที่ 5 ต.บ้านใหม่ อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,800.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 720.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,800ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 720ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายเลียบน้ำอิง บ้านสันต้นหวีด หมู่ที่ 7 ต.แม่ปืม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 2,350.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 705.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 2,350ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 705ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร    สายเลียบลำห้วยหลวง บ้านภูเงิน หมู่ที่ 13 ต.แม่ปืม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 1 ต.สันป่าม่วง อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น ช่วงที่ 1  ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 300.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 90.00 ลบ.ม. (คิวหลวม) ช่วงที่ 2  ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,200.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 360.00 ลบ.ม. (คิวหลวม) ช่วงที่ 3  ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 100.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 30.00 ลบ.ม. (คิวหลวม) ช่วงที่ 4  ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 200.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 60.00 ลบ.ม. (คิวหลวม) ช่วงที่ 5  ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 550.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 165.00 ลบ.ม. (คิวหลวม)หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 705.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น ช่วงที่ 1  ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 300ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 90ลบ.ม. (คิวหลวม) ช่วงที่ 2  ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,200ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 360ลบ.ม. (คิวหลวม) ช่วงที่ 3  ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 100ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 30ลบ.ม. (คิวหลวม) ช่วงที่ 4  ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 200ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 60ลบ.ม. (คิวหลวม) ช่วงที่ 5  ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 550ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 165ลบ.ม. (คิวหลวม)หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 705ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 7 ต.สันป่าม่วง อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น ช่วงที่ 1  ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,500.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 600.00 ลบ.ม. (คิวหลวม) ช่วงที่ 2  ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 400.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 160.00 ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 760.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น ช่วงที่ 1  ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,500ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 600ลบ.ม. (คิวหลวม) ช่วงที่ 2  ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 400ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 160ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 760ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 15,1 ต.บ้านต๋อม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น ช่วงที่ 1  ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,000.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 400.00 ลบ.ม. (คิวหลวม) ช่วงที่ 2  ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 200.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 80.00 ลบ.ม. (คิวหลวม) ช่วงที่ 3  ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 200.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 80.00 ลบ.ม. (คิวหลวม) ช่วงที่ 4  ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 100.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 40.00 ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 600.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น ช่วงที่ 1  ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,000ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 400ลบ.ม. (คิวหลวม) ช่วงที่ 2  ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 200ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 80ลบ.ม. (คิวหลวม) ช่วงที่ 3  ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 200ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 80ลบ.ม. (คิวหลวม) ช่วงที่ 4  ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 100ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 40ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 600ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายห้วยแค้ บ้านร่องคำดง หมู่ที่ 12 ต.แม่นาเรือ อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น ช่วงที่ 1  ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,600.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 640.00 ลบ.ม. (คิวหลวม) ช่วงที่ 2  ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 400.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 160.00 ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 800.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น ช่วงที่ 1  ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,600ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 640ลบ.ม. (คิวหลวม) ช่วงที่ 2  ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 400ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 160ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 800ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายร่องขุยฝั่งตะวันออก ม.8 ต.คือเวียง อ.ดอกคำใต้ เชื่อม ต.จำป่าหวาย อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 1,000.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 740.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ก่อสร้างถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 1,000ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 740ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยม่วง หมู่ที่ 4 ต.บ้านมาง อ.เชียงม่วน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 800.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 672.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 300.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 252.00 ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 750.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 630.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 800ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 672ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 300ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 252ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 750ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 630ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายทุ่งก๊อด หมู่ที่ 6 ต.แม่นาเรือ อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 750.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 630.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 350.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 294.00 ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 350.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 294.00 ลบ.ม. สายที่ 4 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 250.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 210.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,428.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 750ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 630ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 350ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 294ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 350ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 294ลบ.ม. สายที่ 4 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 250ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 210ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,428ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. สายป่าสุสาน ม.11 ต.แม่ลาว อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้าง 4.00 ม. ยาว 165.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 660.00 ตร.ม. สายที่ 2 ขนาดผิวจราจรกว้าง 5.00 ม. ยาว 25.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 125.00 ตร.ม. หรือมีพื้นที่รวมกันไม่น้อยกว่า 785.00 ตร.ม. (ไม่มีงานไหล่ทางลูกรัง)  รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้าง 4ม. ยาว 165ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 660ตร.ม. สายที่ 2 ขนาดผิวจราจรกว้าง 5ม. ยาว 25ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 125ตร.ม. หรือมีพื้นที่รวมกันไม่น้อยกว่า 785ตร.ม. (ไม่มีงานไหล่ทางลูกรัง)  รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยแห บ้านปางวัว หมู่ที่ 19 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร บ้านหล่ายพัฒนา ม.3 ต.อ่างทอง อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 1,430.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 500.00 ลบ.ม. (คิวหลวม)พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 1,430ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 500ลบ.ม. (คิวหลวม)พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายทุ่งจำปา บ้านใหม่น้ำเงิน หมู่ที่ 12 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,820.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,528.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,820ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,528ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างท่อลอดเหลี่ยม ค.ส.ล. ข้ามลำเหมืองราช ม.4 ต.สว่างอารมณ์ อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อแก้ไขปัญหาการระบายน้ำหลาก
-2.เพื่อให้มีเส้นทางในการระบายน้ำเพื่อใช้ในการทำเกษตรสะดวกมากขึ้น
+    <t xml:space="preserve">1.เพื่อแก้ไขปัญหาการระบายน้ำหลาก_x000D_
+2.เพื่อให้มีเส้นทางในการระบายน้ำเพื่อใช้ในการทำเกษตรสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">โดยทำการก่อสร้างท่อลอดเหลี่ยม ค.ส.ล. ขนาด 1.80 ม. X 1.80 ม. ยาว 6.00 ม. ชนิด 3 ช่องทาง รายละเอียดตามแบบมาตรฐาน กสชท. 2 - 26 และตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">โดยทำการก่อสร้างท่อลอดเหลี่ยม ค.ส.ล. ขนาด 1.80 ม. X 1.80 ม. ยาว 6ม. ชนิด 3 ช่องทาง รายละเอียดตามแบบมาตรฐาน กสชท. 2 - 26 และตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายห้วยต้นผึ้ง บ้านห้วยบง หมู่ที่ 14 ต.แม่ปืม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,830.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 732.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,830ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 732ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยไฮ บ้านน้ำฮาก หมู่ที่ 16 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยฮุง บ้านนาอ้อม หมู่ที่ 5 ต.ขุนควร อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 800.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 672.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 950.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 798.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,470.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 800ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 672ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 950ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 798ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,470ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายหล่ายน้ำ ช่วงที่ 2 บ้านห้วยสิงห์ หมู่ที่ 1 ต.ปง อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยผักไผ่ บ้านน้ำฮาก หมู่ที่ 16 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,775.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,491.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,775ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,491ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายหัวทุ่ง บ้านแฮะ หมู่ที่ 11 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยผักกูด - สายอ่างขยอม หมู่ที่ 2 ต.แม่กา อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 500.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 420.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 400.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 336.00 ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 900.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 756.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,512.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 500ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 420ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 400ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 336ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 900ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 756ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,512ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายบวกกอบ บ้านสันหนองควาย หมู่ที่ 6 ต.แม่ปืม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น ช่วงที่ 1  ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 500.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 150.00 ลบ.ม. (คิวหลวม) ช่วงที่ 2  ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 450.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 135.00 ลบ.ม. (คิวหลวม) ช่วงที่ 3  ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 130.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 39.00 ลบ.ม. (คิวหลวม) ช่วงที่ 4  ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 480.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 144.00 ลบ.ม. (คิวหลวม) ช่วงที่ 3  ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 550.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 165.00 ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 633.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น ช่วงที่ 1  ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 500ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 150ลบ.ม. (คิวหลวม) ช่วงที่ 2  ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 450ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 135ลบ.ม. (คิวหลวม) ช่วงที่ 3  ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 130ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 39ลบ.ม. (คิวหลวม) ช่วงที่ 4  ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 480ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 144ลบ.ม. (คิวหลวม) ช่วงที่ 3  ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 550ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 165ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 633ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยเมี้ยง บ้านวังบง หมู่ที่ 7 ต.ควร อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายม่อนตองตึง บ้านค่าไพบูลย์ หมู่ที่ 2 ต.ปง อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างสะพาน คสล.บ้านสันกลาง หมู่ที่ 12 ต.ขุนควร อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.ก่อสร้างสะพาน  ค.ส.ล. 
-2.เพื่อให้ประชาชนได้สัญจรและคมนาคมสะดวกมากขึ้น
+    <t xml:space="preserve">1.ก่อสร้างสะพาน  ค.ส.ล. _x000D_
+2.เพื่อให้ประชาชนได้สัญจรและคมนาคมสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างสะพาน คสล. กว้าง 5.00 ม. ยาว 12.00 ม. (ชนิดตอกเสาเข็ม) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ก่อสร้างสะพาน คสล. กว้าง 5ม. ยาว 12ม. (ชนิดตอกเสาเข็ม) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ม.1 ต.ดงสุวรรณ เชื่อม ต.ป่าซาง อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,700.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,428.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 5.00 ม. ยาว 120.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 124.00 ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,552.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,700ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,428ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 5ม. ยาว 120ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 124ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,552ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยหินฝนเหนือ หมู่ที่ 5 ต.สระ อ.เชียงม่วน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,350.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,134.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 600.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 504.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,638.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,350ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,134ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 600ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 504ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,638ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายผากังกบ หมู่ที่ 6 ต.เชียงม่วน อ.เชียงม่วน จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 8 ต.บ้านเหล่า อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 2,150.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 645.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,550.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 465.00 ลบ.ม. (คิวหลวม) สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 650.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 195.00 ลบ.ม. (คิวหลวม)   หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 660.00 ลบ.ม. (คิวหลวม)  พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 2,150ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 645ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,550ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 465ลบ.ม. (คิวหลวม) สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 650ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 195ลบ.ม. (คิวหลวม)   หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 660ลบ.ม. (คิวหลวม)  พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายฝายร่องหินเรียบแม่น้ำงิม บ้านปัว หมู่ที่ 6 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 600.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 504.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,250.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,050.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 600ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 504ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,250ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,050ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. ม.13 ต.ทุ่งกล้วย อ.ภูซาง เชื่อม ต.ร่มเย็น อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 4.00 ม. ยาว 203.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 812.00 ตร.ม. (มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 4ม. ยาว 203ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 812ตร.ม. (มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยโป่ง-ด่านแม่ต๋ำ ม.5 ต.หนองหล่ม เชื่อม ต.บ้านปิน อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,500.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,260.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 300.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 252.00 ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,512.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,500ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,260ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 300ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 252ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,512ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายดงจ้อย-ปางม่วง ม.5 ต.หนองหล่ม อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,850.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,554.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,850ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,554ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร บ้านนาไร่เดียว หมู่ที่ 14 ต.แม่กา อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น ช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,700.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 510.00 ลบ.ม. (คิวหลวม) ช่วงที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,050.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 315.00 ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 825.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น ช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,700ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 510ลบ.ม. (คิวหลวม) ช่วงที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,050ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 315ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 825ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยเดื่อ ม.9 ต.บ้านปิน เชื่อม  ต.หนองหล่ม  อ.ดอกคำใต้ จ.พะเยา (ช่วงที่ 3) </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,250.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,050.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 600.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 504.00 ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,250ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,050ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 600ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 504ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายทุ่งสันป่าค่า (สี่แยกครูอุทัย) ม.6 ต.บ้านถ้ำ เชื่อม ต.คือเวียง อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 2,420.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 726.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 2,420ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 726ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 15,16 ต.บ้านต๋อม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,500.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 600.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,500ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 600ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 8,9 ต.บ้านต๋อม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น ช่วงที่ 1  ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,200.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 360.00 ลบ.ม. (คิวหลวม) ช่วงที่ 2  ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,320.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 396.00 ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 756.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น ช่วงที่ 1  ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,200ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 360ลบ.ม. (คิวหลวม) ช่วงที่ 2  ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,320ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 396ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 756ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยลึก ม.5 ต.ทุ่งกล้วย อ.ภูซาง เชื่อม ต.ร่มเย็น อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1. ปรับปรุงถนนลูกรังบดอัดแน่นให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2. เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย
+    <t xml:space="preserve">1. ปรับปรุงถนนลูกรังบดอัดแน่นให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2. เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม.  ยาว 680.00 ม.  หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 571.00 ลบ.ม สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 900.00ม.  หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 756.00 ลบ.ม สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 170.00 ม.  หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 142.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,469.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา กำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม.  ยาว 680ม.  หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 571ลบ.ม สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 900.00ม.  หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 756ลบ.ม สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 170ม.  หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 142ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,469ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา กำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยมะข้อง บ้านหนองบัว หมู่ที่ 2 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 700.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 588.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 600.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 504.00 ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 500.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 420.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,512.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 700ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 588ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 600ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 504ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 500ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 420ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,512ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงห้องเก็บวัสดุ หน่วยตรวจสอบภายใน องค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1 เพื่อให้มีสถานที่จัดเก็บเอกสารและวัสดุครุภัณฑ์ที่สำคัญเพื่อป้องกันการสูญหายหรือเสียหาย เพื่อสร้างความปลอดภัยในทรัพย์สิน 
-2 เพื่อให้มีการจัดเก็บวัสดุ ครุภัณฑ์ เอกสารที่เป็นสัดส่วนสามารถหยิบใช้ ค้นหาได้สะดวกรวดเร็ว     
+    <t xml:space="preserve">1 เพื่อให้มีสถานที่จัดเก็บเอกสารและวัสดุครุภัณฑ์ที่สำคัญเพื่อป้องกันการสูญหายหรือเสียหาย เพื่อสร้างความปลอดภัยในทรัพย์สิน _x000D_
+2 เพื่อให้มีการจัดเก็บวัสดุ ครุภัณฑ์ เอกสารที่เป็นสัดส่วนสามารถหยิบใช้ ค้นหาได้สะดวกรวดเร็ว     _x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ปรับปรุงห้องเก็บวัสดุ หน่วยตรวจสอบภายใน องค์การบริหารส่วนจังหวัดพะเยา โดยมีงานด้วนโครงสร้าง งานสถาปัตยกรรม รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงพื้นที่ภายในห้องกองช่าง อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">เพื่อให้พื้นที่ภายในกองช่าง มีความสะดวกในการใช้สถานที่ และสวยงาม </t>
   </si>
   <si>
     <t xml:space="preserve">ปรับปรุงพื้นที่ภายในห้องกองช่างโดยมีงานด้วนโครงสร้าง งานสถาปัตยกรรม เครื่องปรับอากาศ 1 ชุด และชุดโต๊ะวางเอกสาร 1 ชุด ตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยม่วง ม.5 ต.หนองหล่ม อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.ปรับปรุงถนนลูกรังบดอัดแน่นให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2.เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1.ปรับปรุงถนนลูกรังบดอัดแน่นให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2.เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายอ่างม่อนเกี๊ยะ หมู่ที่ 4 ต.เจริญราษฎร์ อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,300.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 390.00 ลบ.ม. (คิวหลวม) สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 950.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 285.00 ลบ.ม. (คิวหลวม)   หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 675.00 ลบ.ม. (คิวหลวม)  พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,300ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 390ลบ.ม. (คิวหลวม) สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 950ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 285ลบ.ม. (คิวหลวม)   หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 675ลบ.ม. (คิวหลวม)  พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้าวต๋าว บ้านสบเกี๋ยง หมู่ที่ 3 ต.ขุนควร อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายหน้าฝาย บ้านแม่จั๊วะ หมู่ที่ 10 ต.ปง อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยต้นผึ้ง บ้านร่องปอ หมู่ที่ 7 ต.ดงเจน อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร บ้านแม่จว้ากลาง หมู่ที่ 4 ต.แม่สุก อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,150.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 345.00 ลบ.ม. (คิวหลวม) สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 200.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 60.00 ลบ.ม. (คิวหลวม)   สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 850.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 255.00 ลบ.ม. (คิวหลวม)   หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 660.00 ลบ.ม. (คิวหลวม)  พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,150ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 345ลบ.ม. (คิวหลวม) สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 200ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 60ลบ.ม. (คิวหลวม)   สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 850ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 255ลบ.ม. (คิวหลวม)   หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 660ลบ.ม. (คิวหลวม)  พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายห้วยสิงห์ หมู่ที่ 8 ต.แม่สุก อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,300.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 390.00 ลบ.ม. (คิวหลวม) สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 230.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 69.00 ลบ.ม. (คิวหลวม)   สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 100.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 30.00 ลบ.ม. (คิวหลวม)   สายที่ 4 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 300.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 90.00 ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 579.00 ลบ.ม. (คิวหลวม)  พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,300ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 390ลบ.ม. (คิวหลวม) สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 230ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 69ลบ.ม. (คิวหลวม)   สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 100ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 30ลบ.ม. (คิวหลวม)   สายที่ 4 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 300ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 90ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 579ลบ.ม. (คิวหลวม)  พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. บ้านทุ่งรวงทอง ม.12 ต.ร่มเย็น อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 4.00 ม. ยาว 207.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 828.00 ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 4ม. ยาว 207ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 828ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 9 ต.แม่สุก อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 850.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 255.00 ลบ.ม. (คิวหลวม) สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 300.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 90.00 ลบ.ม. (คิวหลวม)   สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 600.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 180.00 ลบ.ม. (คิวหลวม)   สายที่ 4 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 100.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 30.00 ลบ.ม. (คิวหลวม) สายที่ 5 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 400.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 120.00 ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 675.00 ลบ.ม. (คิวหลวม)  พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 850ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 255ลบ.ม. (คิวหลวม) สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 300ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 90ลบ.ม. (คิวหลวม)   สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 600ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 180ลบ.ม. (คิวหลวม)   สายที่ 4 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 100ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 30ลบ.ม. (คิวหลวม) สายที่ 5 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 400ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 120ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 675ลบ.ม. (คิวหลวม)  พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร หมู่ที่ 5 ต.บ้านเหล่า อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายรอยพระบาท หมู่ที่ 2 ต.เชียงม่วน อ.เชียงม่วน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,500.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,260.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 400.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 336.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,596.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,500ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,260ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 400ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 336ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,596ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายสวนยางนายรับ - ไร่ อส.ขวัญชัย ม.5 ต.หนองหล่ม เชื่อม ต.บ้านปิน อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยเดื่อ บ้านดู่ หมู่ที่ 3 ต.ปง อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ม.9 ต.ห้วยข้าวก่ำ เชื่อม ต.ห้วยยางขาม อ.จุน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,885.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 565.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,885ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 565ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยละหิน บ้านสันกลาง หมู่ที่ 8 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร บ้านดอกบัว หมู่ที่ 7 ต.ท่าวังทอง อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น ช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 500.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 175.00 ลบ.ม. (คิวหลวม) ช่วงที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 800.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 320.00 ลบ.ม. (คิวหลวม) ช่วงที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 450.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 157.50 ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 652.50 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น ช่วงที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 500ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 175ลบ.ม. (คิวหลวม) ช่วงที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 800ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 320ลบ.ม. (คิวหลวม) ช่วงที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 450ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 157.50 ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 652.50 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงระบบระบายน้ำภายในศูนย์เครื่องจักรกล </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อให้ศูนย์เครื่องมือกลมีระบบระบายน้ำได้ดีขึ้น
-2.เพื่อป้องกันน้ำท่วมขัง
+    <t xml:space="preserve">1.เพื่อให้ศูนย์เครื่องมือกลมีระบบระบายน้ำได้ดีขึ้น_x000D_
+2.เพื่อป้องกันน้ำท่วมขัง_x000D_
+_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ปรับปรุงระบบระบายน้ำภายในศูนย์เครื่องจักรกล โดยวางท่อระบายน้ำ คสล.dia.0.60 ม. พร้อมบ่อพัก และวางท่อระบายน้ำ คสล.dia.0.40 ม. พร้อมบ่อพัก รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงระบบประปา ภายในศูนย์เครื่องจักรกล องค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">เพื่อให้ระบบประปา ภายในศูนย์เครื่องจักรกล สามารถใช้งานได้ </t>
   </si>
   <si>
     <t xml:space="preserve">ปรับปรุงระบบประปา ภายในศูนย์เครื่องจักรกล องค์การบริหารส่วนจังหวัดพะเยาโดยมีงานด้วนโครงสร้าง งานสถาปัตยกรรม ตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ม.6 ต.ดอนศรีชุม เชื่อม ต.บ้านถ้ำ อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,250.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 375.00 ลบ.ม. (คิวหลวม) สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 840.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 294.00 ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 669.00 ลบ.ม. (คิวหลวม)  พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,250ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 375ลบ.ม. (คิวหลวม) สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 840ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 294ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 669ลบ.ม. (คิวหลวม)  พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ม.6,ม.11 ต.สันโค้ง เชื่อม ต.ดงสุวรรณ อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 1,855.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 649.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 1,855ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 649ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายสต๊อดเหนือ ช่วง 2 บ้านแบ่ง หมู่ที่ 5 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,760.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,478.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,760ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,478ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายฝายห้วยอ้อย บ้านเก๊าเงา หมู่ที่ 15 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 450.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 378.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 400.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 336.00 ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 700.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 588.00 ลบ.ม. สายที่ 4 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 200.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 168.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,470.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 450ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 378ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 400ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 336ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 700ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 588ลบ.ม. สายที่ 4 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 200ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 168ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,470ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายด่านต้นหมื้น - อ่างร่องสัก ม.9 ต.บ้านปิน เชื่อม ต.หนองหล่ม อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ม.2,ม.8 ต.บุญเกิด อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,400.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,176.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,400ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,176ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายป่าสุสาน บ้านปางผักหม หมู่ที่ 7 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ม.16 ต.ห้วยลาน เชื่อม ต.ป่าซาง อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ม.5 ต.ดอกคำใต้ เชื่อม ต.บุญเกิด อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,850.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 555.00 ลบ.ม. (คิวหลวม) สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 405.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 121.00 ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 676.00 ลบ.ม. (คิวหลวม)  พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,850ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 555ลบ.ม. (คิวหลวม) สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 405ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 121ลบ.ม. (คิวหลวม) หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 676ลบ.ม. (คิวหลวม)  พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยตาด บ้านร่องเอี่ยน หมู่ที่ 8 ต.ปง อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1 ปรับปรุงถนนลูกรังบดอัดแน่นให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย
+    <t xml:space="preserve">1 ปรับปรุงถนนลูกรังบดอัดแน่นให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2.เพื่อให้เกษตรกรและประชาชนสัญจรและขนส่งสินค้าทางการเกษตรได้สะดวกและมีความปลอดภัย_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายฮ่องจ้อง บ้านป่ากว๋าว หมู่ที่ 12 ต.แม่ปืม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 2,450.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 735.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 2,450ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 735ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายห้วยผักแค หมู่ที่ 12,13,15 ต.แม่ปืม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 2,020.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 707.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 2,020ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 707ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายโชคเซี๊ยะ บ้านกว๊าน หมู่ที่ 13 ต.ดงเจน อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านบ่อน้อย ม.4 ต.อ่างทอง อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 550.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 462.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 500.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 420.00 ลบ.ม.  สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 800.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 672.00 ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 550ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 462ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 500ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 420ลบ.ม.  สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 800ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 672ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรัง บดอัดแน่นเข้าสู่พื้นที่การเกษตร สายร่องแคร้- ร่องฐานะ ม.5 ต.หนองหล่ม เชื่อม ต.บ้านปิน อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,850.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,554.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,850ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,554ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร หมู่ที่ 6,14 ต.แม่นาเรือ เชื่อม ต.แม่กา อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 650.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 546.00 ลบ.ม. สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 550.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 462.00 ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 100.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 84.00 ลบ.ม. สายที่ 4 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 300.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 252.00 ลบ.ม. สายที่ 5 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 100.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 100.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,428.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 650ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 546ลบ.ม. สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 550ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 462ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 100ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 84ลบ.ม. สายที่ 4 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 300ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 252ลบ.ม. สายที่ 5 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 100ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 100ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,428ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. บ้านสบแวน ม.8 ต.เชียงบาน เชื่อม ต.อ่างทอง อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4.00 ม. ยาว 203.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า  812.00 ตร.ม. (มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4ม. ยาว 203ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า  812ตร.ม. (มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงภูมิทัศน์บริเวณอาคาร 1 องค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">เพื่อให้บริเวณอาคาร 1 อบจ.มีความสวยงาม มีความเป็นระเบียบ </t>
   </si>
   <si>
     <t xml:space="preserve">ปรับปรุงภูมิทัศน์บริเวณอาคาร 1 องค์การบริหารส่วนจังหวัดพะเยา โดยมีการงานเทพื้นคอนกรีตเสริมเหล็ก หนา 0.15 ม.  งานฝารางระบายน้ำ และงานระบบสุขาภิบาล ตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงผิวทางถนน พย.ถ.1-0067 สาย หมู่ 11 - หมู่ที่ 17 ต.บ้านต๋อม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.ปรับปรุงผิวทางคอนกรีตเสริมเหล็ก ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2.เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น
+    <t xml:space="preserve">1.ปรับปรุงผิวทางคอนกรีตเสริมเหล็ก ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2.เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงผิวทางคอนกรีตเสริมเหล็ก หมู่ 11 ต.บ้านต๋อม อ.เมืองพะเยา จ.พะเยา หนา 0.15 ม. พื้นที่ไม่น้อยกว่า 200.00 ตร.ม. พร้อมอุปกรณ์ประกอบด้านความปลอดภัยรายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงผิวทางคอนกรีตเสริมเหล็ก หมู่ 11 ต.บ้านต๋อม อ.เมืองพะเยา จ.พะเยา หนา 0.15 ม. พื้นที่ไม่น้อยกว่า 200ตร.ม. พร้อมอุปกรณ์ประกอบด้านความปลอดภัยรายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. ซอย 2 บ้านร่องส้านใหม่ ม.23 ต.ร่มเย็น อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4.00 ม.  ยาว 203.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 812.00 ตร.ม. (มีงานไหล่ทางลูกรัง)  รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4ม.  ยาว 203ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 812ตร.ม. (มีงานไหล่ทางลูกรัง)  รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายฟาร์มหมู บ้านบุญยืน หมู่ที่ 2 ต.นาปรัง อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายสันทรง-กิ่วม้า บ้านตุ่น หมู่ที่ 14 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 650.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 546.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 600.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 504.00 ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 550.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 462.00 ลบ.ม.หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,512.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 650ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 546ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 600ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 504ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 550ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 462ลบ.ม.หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,512ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการเสริมผิวทางแอสฟัลท์ ติกคอนกรีต พย.ถ.10024 บ.โทกหวาก - บ.จำป่าหวาย ต.จำป่าหวาย เชื่อม ต.แม่กา อ.เมือง จ.พะเยา (ช่วงที่ 2)  </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เสริมผิวทางแอสฟัลท์ติกคอนกรีต อัดแน่นให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย
-2.เพื่อให้ประชาชนได้สัญจรและคมนาคมสะดวกมากขึ้น
+    <t xml:space="preserve">1.เสริมผิวทางแอสฟัลท์ติกคอนกรีต อัดแน่นให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2.เพื่อให้ประชาชนได้สัญจรและคมนาคมสะดวกมากขึ้น_x000D_
  </t>
   </si>
   <si>
-    <t xml:space="preserve">เสริมผิวทางแอสฟัลท์ติกคอนกรีต ระยะทางดำเนินการ 0.190 กม. ผิวทางกว้าง 6.00 ม. กม. 5+400 ถึง กม.5+590 หรือมีพื้นที่ไม่น้อยกว่า 1,140.00 ตร.ม.  รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">เสริมผิวทางแอสฟัลท์ติกคอนกรีต ระยะทางดำเนินการ 0.190 กม. ผิวทางกว้าง 6ม. กม. 5+400 ถึง กม.5+590 หรือมีพื้นที่ไม่น้อยกว่า 1,140ตร.ม.  รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างท่อลอดเหลี่ยม ค.ส.ล. ข้ามลำเหมืองน้อย ม.4 ต.สว่างอารมณ์ อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายก๊อดหลวง บ้านเลี้ยว หมู่ที่ 10 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,800.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,512.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,800ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,512ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยปู่ยี่ บ้านสันกลาง หมู่ที่ 8 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยม่วง บ้านแบ่ง หมู่ที่ 5 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านต้อง หมู่ที่ 12 ต.ปง อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร บ้านดอยอิสาน ม.2 ต.อ่างทอง อ.เชียงคำ เชื่อม ต.สบบง อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,665.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 499.00 ลบ.ม. (คิวหลวม)พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,665ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 499ลบ.ม. (คิวหลวม)พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 3 ต.แม่สุก อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,400.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 420.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,400ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 420ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายหนองฮ่าง บ้านอิงโค้ง หมู่ที่ 5 ต.ห้วยแก้ว อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  ขนาดผิวจราจรกว้างเฉลี่ย  4.00 ม. ยาว 1,780.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,495.00 ลบ.ม.พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  ขนาดผิวจราจรกว้างเฉลี่ย  4ม. ยาว 1,780ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,495ลบ.ม.พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายเด่นบาตร บ้านห้วยทรายขาว หมู่ที่ 7 ต.ห้วยแก้ว อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,000.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 840.00 ลบ.ม. สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 750.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 630.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,470.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน  อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,000ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 840ลบ.ม. สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 750ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 630ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,470ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน  อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านแก ม.2 ต.ป่าสัก เชื่อม ต.เชียงแรง อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายหนองน้อย หมู่ที่ 7 ต.บ้านเหล่า เชื่อม หมู่ที่ 6 ต.ป่าแฝก อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 1,000.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 350.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 880.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 264.00 ลบ.ม. หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 614.00 ลบ.ม.  (คิวหลวม)พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 1,000ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 350ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 880ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 264ลบ.ม. หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 614ลบ.ม.  (คิวหลวม)พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ช่วงที่ 1 หมู่ที่ 14 ต.แม่นาเรือ เชื่อม ต.แม่กา อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 500.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 420.00 ลบ.ม. สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 600.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 504.00 ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 600.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 504.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,428.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 500ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 420ลบ.ม. สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 600ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 504ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 600ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 504ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,428ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยหนานหลวง หมู่ที่ 8 ต.บ้านต๊ำ อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายหลิ่งต้นเปา หมู่ที่ 9 ต.บ้านต๊ำ อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,100.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 924.00 ลบ.ม. สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 800.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 672.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,596.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน  อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,100ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 924ลบ.ม. สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 800ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 672ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,596ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน  อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 4 ต.แม่กา อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,500.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 600.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 400.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 160.00 ลบ.ม. หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 760.00 ลบ.ม. (คิวหลวม)พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน  อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,500ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 600ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 400ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 160ลบ.ม. หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 760ลบ.ม. (คิวหลวม)พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน  อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายดงหอ บ้านห้วยสิงห์ หมู่ที่ 1 ต.ปง อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายม่อนแสนสุข บ้านแสนสุข หมู่ที่ 9 ต.นาปรัง อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ม.1,ม.3 ต.ดงสุวรรณ เชื่อม ต.สว่างอารมณ์ อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,500.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,260.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 500.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 320.00 ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,580.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,500ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,260ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 500ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 320ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,580ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร หมู่ที่ 10 เชื่อม หมู่ที่ 9 ต.บ้านต๋อม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,200.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 360.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 650.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 195.00 ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 500.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 150.00 ลบ.ม. หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 705.00 ลบ.ม. (คิวหลวม)พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,200ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 360ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 650ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 195ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 500ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 150ลบ.ม. หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 705ลบ.ม. (คิวหลวม)พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. บ้านสันป่าม่วงกลาง หมู่ที่ 8 ต.สันป่าม่วง อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4.00 เมตร ม.  ยาว 206.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า  824.00 ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4เมตร ม.  ยาว 206ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า  824ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. ซอย 3 เชื่อม ซอย 8 บ้านร่องส้าน ม.20 ต.ร่มเย็น อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4.00 ม.  ยาว 207.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า  828.00 ตร.ม. (ไม่มีงานไหล่ทางลูกรัง)  รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4ม.  ยาว 207ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า  828ตร.ม. (ไม่มีงานไหล่ทางลูกรัง)  รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายแยกนายสายยนต์ ม.5 ต.บ้านถ้ำ เชื่อม ต.สันโค้ง อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. หนาเฉลี่ย 0.10 ม. ยาว 1,660.00 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 664.00 ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 4ม. หนาเฉลี่ย 0.10 ม. ยาว 1,660ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 664ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรัง บดอัดแน่นเข้าสู่พื้นที่การเกษตร สายทุ่งโค้ง (ข้าง อบต.บ้านปิน) ม.3 ต.บ้านปิน เชื่อม ต.คือเวียง อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ม.5 ต.เชียงแรง เชื่อม ต.ภูซาง อ.ภูซาง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 300.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 252.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 400.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 336.00 ลบ.ม.  สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 500.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 420.00 ลบ.ม.  สายที่ 4 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 650.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 546.00 ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 300ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 252ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 400ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 336ลบ.ม.  สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 500ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 420ลบ.ม.  สายที่ 4 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 650ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 546ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายรอบป่าชุมชน บ้านหนองท่าควาย หมู่ที่ 7 ต.นาปรัง อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรัง บดอัดแน่นเข้าสู่พื้นที่การเกษตร ม.8 ต.ดงสุวรรณ เชื่อม ต.ป่าซาง อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ม.5 ต.ห้วยลาน อ.ดอกคำใต้ เชื่อม ต.ลอ อ.จุน จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านหนองบัวเงิน ม.5 ต.อ่างทอง อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 950.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 798.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 900.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 756.00 ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 950ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 798ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 900ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 756ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงห้องน้ำรวมสนามกีฬาจังหวัดพะเยา (ทิศตะวันตก) </t>
   </si>
   <si>
     <t xml:space="preserve">เพื่อให้มีห้องน้ำสำหรับบริการประชาชนในสนามกีฬาจังหวัดพะเยา (ทิศตะวันตก) </t>
   </si>
   <si>
     <t xml:space="preserve">ปรับปรุงห้องน้ำรวมสนามกีฬาจังหวัดพะเยา (ทิศตะวันตก) จำนวน 1 หลัง </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  สายห้วยแบ่ง บ้านแบ่ง หมู่ที่ 5 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม.  ยาว 1,365.00 ม.  หนาเฉลี่ย 0.10 ม.  หรือมีปริมาตรหินคลุกไม่น้อยกว่า 546.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 4ม.  ยาว 1,365ม.  หนาเฉลี่ย 0.10 ม.  หรือมีปริมาตรหินคลุกไม่น้อยกว่า 546ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  สายห้วยวัวดำสายใต้ บ้านสันกลาง หมู่ที่ 8 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,365.00 ม.  หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 546.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,365ม.  หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 546ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร หมู่ที่ 5,11 ต.แม่นาเรือ เชื่อม ต.แม่กา อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,750.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,470.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,750ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,470ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายร่องนกยูง บ้านหนองลาว หมู่ที่ 4 ต.ห้วยแก้ว อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  ขนาดผิวจราจรกว้างเฉลี่ย  4.00 ม. ยาว 1,800.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,512.00 ลบ.ม.พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น  ขนาดผิวจราจรกว้างเฉลี่ย  4ม. ยาว 1,800ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,512ลบ.ม.พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายร่องแช่ฟาก บ้านแม่จว้าปันเจิง หมู่ที่ 7 ต.แม่สุก อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,000.00 ม.  หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 300.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 300.00 ม.  หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 90.00 ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 400.00 ม.  หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 120.00 ลบ.ม. </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,000ม.  หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 300ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 300ม.  หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 90ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 400ม.  หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 120ลบ.ม. </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายทุ่งเหล่า หมู่ที่ 3,7 และ 8 ต.จำป่าหวาย อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,300.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 390.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,240.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 372.00 ลบ.ม. หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 762.00 ลบ.ม.  (คิวหลวม)พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน  อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,300ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 390ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,240ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 372ลบ.ม. หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 762ลบ.ม.  (คิวหลวม)พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน  อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านใหม่นคร หมู่ที่ 8 ต.บ้านใหม่ อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. บ้านห้วยยางขามกลาง ม.11 ต.ห้วยยางขาม อ.จุน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้าง 4.00 ม. ยาว 180.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 720.00 ตร.ม. (มีงานไหล่ทางลูกรัง)   สายที่ 2 ขนาดผิวจราจรกว้าง 4.00 ม. ยาว 13.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 52.00 ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) หรือมีพื้นที่รวมกันไม่น้อยกว่า 772.00 ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้าง 4ม. ยาว 180ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 720ตร.ม. (มีงานไหล่ทางลูกรัง)   สายที่ 2 ขนาดผิวจราจรกว้าง 4ม. ยาว 13ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 52ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) หรือมีพื้นที่รวมกันไม่น้อยกว่า 772ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร บ้านห้วยกั้ง ม.11 - บ้านดอนไชยพัฒนา ม.14 ต.จุน อ.จุน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. หนาเฉลี่ย 0.10 ม. ยาว 1,550.00 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 542.00 ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. หนาเฉลี่ย 0.10 ม. ยาว 1,550ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 542ลบ.ม.(คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านดอนไชย ม.6 ต.จุน เชื่อม ต.ห้วยยางขาม อ.จุน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย  4.00 ม. ยาว 1,850.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,554.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย  4ม. ยาว 1,850ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,554ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. สายน้ำลู บ้านสันกลางหมู่ที่ 8 ต.งิม อ.ปง  จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4.00 ม.  ยาว 204.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 816.00 ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4ม.  ยาว 204ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 816ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. สายหลังวัดม่อนกู่แก้ว บ้านหนองบัว หมู่ที่ 2 ต.งิม อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 4.00 ม.  ยาว 206.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 824.00 ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 4ม.  ยาว 206ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 824ตร.ม. รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายทุ่งปอคำซาว บ้านร่องปอ หมู่ที่ 14 ต.ดงเจน อ.ภูกามยาว จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายม่อนป่าซาง บ้านเดื่อ หมู่ที่ 15 ต.ปง อ.ปง จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,700.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,428.00 ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,700ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,428ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายศรีตรัง-ห้วยบงงาม บ้านภูเงิน หมู่ที่ 13 ต.แม่ปืม อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. บ้านฝั่งแวน ม.11 ต.เชียงบาน เชื่อม ต.ทุ่งผาสุข อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4.00 ม.  ยาว 207.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า  828.00 ตร.ม. (มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4ม.  ยาว 207ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า  828ตร.ม. (มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. บ้านดอนลาว ม.8 ต.เจดีย์คำ อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4.00 ม. ยาว 203.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 812.00 ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) พร้อมวางท่อระบายน้ำ ค.ส.ล. ขนาดเส้นผ่านศูนย์กลาง 0.60 ม. จำนวน 6 ท่อน  รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 4ม. ยาว 203ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 812ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) พร้อมวางท่อระบายน้ำ ค.ส.ล. ขนาดเส้นผ่านศูนย์กลาง 0.60 ม. จำนวน 6 ท่อน  รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. บ้านวังเค็มใหม่ ม.2 ต.เจดีย์คำ อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านหัวทุ่ง ม.1 ต.ทุ่งผาสุข เชื่อม ต.ฝายกวาง อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. สายหน้าบ้านป้าทอง บ้านสันเวียงทอง ม.12 ต.น้ำแวน อ.เชียงคำ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 5.00 ม. ยาว 159.00 ม. หนา 0.15 ม.  หรือมีพื้นที่ไม่น้อยกว่า  795.00 ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  ขนาดผิวจราจรกว้าง 5ม. ยาว 159ม. หนา 0.15 ม.  หรือมีพื้นที่ไม่น้อยกว่า  795ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านแสงไทร หมู่ที่ 9 ต.ขุนควร อ.ปง จ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านดอนไชยพัฒนา ม.14 ต.จุน เชื่อม ต.พระธาตุขิงแกง อ.จุน จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,900.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,596.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,900ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,596ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายทุ่งเหนือ บ้านแม่จว้าเหนือ หมู่ที่ 3 ต.แม่สุก อ.แม่ใจ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว1,400.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 420.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 400.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 120.00 ลบ.ม. สายที่ 3 ขนาดผิวจราจร กว้างเฉลี่ย 3.00 ม.  ยาว 400.00 ม.  หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 120.00 ลบ.ม. หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 660.00 ลบ.ม.  (คิวหลวม) พร้อมปรับเกลี่ย ให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน  อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว1,400ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 420ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 400ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 120ลบ.ม. สายที่ 3 ขนาดผิวจราจร กว้างเฉลี่ย 3ม.  ยาว 400ม.  หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 120ลบ.ม. หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 660ลบ.ม.  (คิวหลวม) พร้อมปรับเกลี่ย ให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน  อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">ค่าจ้างเหมาบริการตีเส้นจราจรและป้ายจราจร </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อจ้างเหมาบริการตีเส้นจราจรและป้ายจราจร
-2.เพื่อบำรุงรักษาสายทางที่อยู่ในความรับผิดชอบขององค์การบริหารส่วนจังหวัดพะเยา
+    <t xml:space="preserve">1.เพื่อจ้างเหมาบริการตีเส้นจราจรและป้ายจราจร_x000D_
+2.เพื่อบำรุงรักษาสายทางที่อยู่ในความรับผิดชอบขององค์การบริหารส่วนจังหวัดพะเยา_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">จ้างเหมาบริการตีเส้นจราจร และป้ายจราจร สายทางที่อยู่ในความรับผิดชอบขององค์การบริหารส่วนจังหวัดพะเยาอยู่ในสภาพที่ใช้งานได้ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  บ้านสลาบ ม.7  ต.ฝายกวาง เชื่อม  ต.ทุ่งผาสุข อ.เชียงคำ จ.พะเยา  </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,258.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 503.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,258ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 503ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยากำหนด </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรัง บดอัดแน่นเข้าสู่พื้นที่การเกษตร สายจำผาลาด ม.2 ต.บ้านปิน เชื่อม ต.คือเวียง อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,250.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,050.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 600.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 504.00 ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,250ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,050ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 600ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 504ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร บ้านห้วยเคียน หมู่ที่ 1 ต.บ้านต๊ำ อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 1,600.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 840.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 150.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 45.00 ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3.00 ม. ยาว 600.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 180.00 ลบ.ม. หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 705.00 ลบ.ม.  (คิวหลวม)พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 400.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 336.00 ลบ.ม. สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 300.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 252.00 ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 500.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 420.00 ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,428.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,600ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 840ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 150ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 45ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 600ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 180ลบ.ม. หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 705ลบ.ม.  (คิวหลวม)พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 400ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 336ลบ.ม. สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 300ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 252ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 500ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 420ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,428ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. บ้านดอกบัว ม.10 ต.ท่าวังทอง อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้าง 3.00 เมตร ม. ยาว 76.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 228.00 ตร.ม.  สายที่ 2 ขนาดผิวจราจรกว้าง 4.00 เมตร ม. ยาว 100.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 400.00 ตร.ม.  สายที่ 3 ขนาดผิวจราจรกว้าง 4.00 เมตร ม. ยาว 50.00 ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 200.00 ตร.ม.  หรือมีพื้นที่รวมกันไม่น้อยกว่า 828.00 ตร.ม.รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล.  โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้าง 3เมตร ม. ยาว 76ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 228ตร.ม.  สายที่ 2 ขนาดผิวจราจรกว้าง 4เมตร ม. ยาว 100ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 400ตร.ม.  สายที่ 3 ขนาดผิวจราจรกว้าง 4เมตร ม. ยาว 50ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 200ตร.ม.  หรือมีพื้นที่รวมกันไม่น้อยกว่า 828ตร.ม.รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายแม่ต๋ำ-ปางปู่เก้อ ม.3 ต.บ้านปิน เชื่อม ต.คือเวียง อ.ดอกคำใต้ จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 750.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 630.00 ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม. ยาว 1,100.00 ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 924.00 ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554.00 ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 750ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 630ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,100ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 924ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายทุ่งเจี๊ยบ หมู่ที่ 3 ต.แม่กา อ.เมืองพะเยา จ.พะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 4.00 ม.  ยาว 1,945.00 ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 778.00 ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุก ขนาดผิวจราจรกว้างเฉลี่ย 4ม.  ยาว 1,945ม. หนาเฉลี่ย 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 778ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการส่งเสริมมหกรรมวิชาการและงานศิลปหัตถกรรมนักเรียน  (Soft Power) ระดับโรงเรียนมัธยมศึกษา จังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1. เพื่อให้นักเรียนได้แสดงความสามารถ
-[...1 lines deleted...]
-2. เพื่อให้นักเรียนเกิดการพัฒนาตนเอง คิดเป็นแก้ปัญหาเป็นและทำงานเป็นทีมอย่างมีระบบ สามารถอยู่ในสังคมได้อย่างมีความสุข
+    <t xml:space="preserve">1. เพื่อให้นักเรียนได้แสดงความสามารถ_x000D_
+และศักยภาพด้านศิลปหัตถกรรมวิชาการและเทคโนโลยี_x000D_
+2. เพื่อให้นักเรียนเกิดการพัฒนาตนเอง คิดเป็นแก้ปัญหาเป็นและทำงานเป็นทีมอย่างมีระบบ สามารถอยู่ในสังคมได้อย่างมีความสุข_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">1.นักเรียนในกลุ่มโรงเรียนมัธยมศึกษาจังหวัดพะเยา จำนวน 22 โรงเรียน ได้เข้าร่วมการแข่งขันทักษะวิชาการประเภทต่างๆ ตามความสามารถและความถนัด 2.นักเรียนโรงเรียนมัธยมศึกษาจังหวัดพะเยา ได้แสดงความสามารถและศักยภาพด้านศิลป หัตถกรรม วิชาการและเทคโนโลยี </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการสืบสานวัฒนธรรมประเพณีสงกรานต์ ประจำปี 2568 องค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อเป็นการส่งเสริมสืบสานวัฒนธรรมประเพณีสงกรานต์และบำรุงรักษาศิลปะ จารีตประเพณี ภูมิปัญญาท้องถิ่น และวัฒนธรรมท้องถิ่น
-[...2 lines deleted...]
-4.เพื่อให้เกิดการอยู่ร่วมกันอย่างเข้าใจในองค์กร
+    <t xml:space="preserve">1.เพื่อเป็นการส่งเสริมสืบสานวัฒนธรรมประเพณีสงกรานต์และบำรุงรักษาศิลปะ จารีตประเพณี ภูมิปัญญาท้องถิ่น และวัฒนธรรมท้องถิ่น_x000D_
+2.เพื่อให้ผู้บริหารข้าราชการ พนักงานจ้าง อบจ.พะเยา มีส่วนร่วมในการอนุรักษ์ ขนบธรรมเนียมประเพณีวันสงกรานต์ให้คงอยู่ตลอดไป_x000D_
+3.เพื่อเสริมสร้างจิตสำนึกการมีส่วนร่วมในกิจกรรมประเพณีวัฒนธรรมของไทย_x000D_
+4.เพื่อให้เกิดการอยู่ร่วมกันอย่างเข้าใจในองค์กร_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">ผู้บริหารองค์การบริหารส่วนจังหวัดพะเยา ข้าราชการ พนักงานจ้างและเจ้าหน้าที่องค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการช่วยเหลือประชาชนตามอำนาจหน้าที่ขององค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการชวนเพื่อนดูดาว Dark Sky At Phayao องค์การบริหารส่วนจังหวัดพะเยา                  </t>
   </si>
   <si>
     <t xml:space="preserve">1. เพื่อสร้างความร่วมมือกับสถาบันวิจัยดาราศาสตร์ (องค์การมหาชน) ในการกระตุ้น ส่งเสริมและสนับสนุนให้เด็ก เยาวชน และประชาชนทั่วไป ได้ทำกิจกรรมร่วมกัน   2. เพื่อเป็นเวทีให้เด็ก เยาวชน และประชาชนทั่วไป ได้มีประสบการณ์เบื้องต้นทางด้านดาราศาสตร์ และได้มีโอกาสแลกเปลี่ยนความรู้ ความสนใจ ประสบการณ์ และประโยชน์ที่ได้จากการทำกิจกรรมดูดาวนอกสถานที่  </t>
   </si>
   <si>
     <t xml:space="preserve">เด็ก เยาวชน และประชาชนทั่วไป และผู้ที่สนใจ ทางดาราศาสตร์ จำนวน 2,000 คน </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการวิทยาศาสตร์เชิงปฏิบัติการ (Workshop) </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อปรับเปลี่ยนรูปแบบการถ่ายทอดองค์ความรู้ให้เด็ก เยาวชนและประชาชนทั่วไปให้เข้าถึงการเรียนรู้ในรูปแบบที่สามารถจับต้องได้
-[...1 lines deleted...]
-3.เพื่อเป็นการส่งเสริมการเรียนรู้นอกห้องเรียนให้มีสื่อที่มีความหลากหลายและน่าสนใจมากยิ่งขึ้น
+    <t xml:space="preserve">1.เพื่อปรับเปลี่ยนรูปแบบการถ่ายทอดองค์ความรู้ให้เด็ก เยาวชนและประชาชนทั่วไปให้เข้าถึงการเรียนรู้ในรูปแบบที่สามารถจับต้องได้_x000D_
+2.เพื่อให้เด็ก เยาวชนและประชาชนทั่วไป ได้ทำกิจกรรมร่วมกัน ได้มีความคิดสร้างสรรค์และมีความกล้าแสดงออก_x000D_
+3.เพื่อเป็นการส่งเสริมการเรียนรู้นอกห้องเรียนให้มีสื่อที่มีความหลากหลายและน่าสนใจมากยิ่งขึ้น_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">เด็กและเยาวชนในเขตจังหวัดพะเยา จำนวน 300 คน </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการสัปดาห์วันวิทยาศาสตร์ </t>
   </si>
   <si>
-    <t xml:space="preserve">1. เพื่อเทิดพระเกียรติพระปรีชาสามารถด้านวิทยาศาสตร์และเทคโนโลยีของพระบาทสมเด็จ    
-[...4 lines deleted...]
-ดาราศาสตร์ และ เทคโนโลยี
+    <t xml:space="preserve">1. เพื่อเทิดพระเกียรติพระปรีชาสามารถด้านวิทยาศาสตร์และเทคโนโลยีของพระบาทสมเด็จ    _x000D_
+พระจอมเกล้าเจ้าอยู่หัว รัชกาลที่ 4 “พระบิดาแห่งวิทยาศาสตร์ไทย”_x000D_
+2. เพื่อส่งเสริมและเผยแพร่ผลงานทางวิทยาศาสตร์และเทคโนโลยี_x000D_
+3. เพื่อกระตุ้นและส่งเสริมให้นักเรียน นักศึกษา เยาวชนและประชาชนทั่วไป _x000D_
+ได้ตระหนักถึงความ สำคัญด้านวิทยาศาสตร์ _x000D_
+ดาราศาสตร์ และ เทคโนโลยี_x000D_
  </t>
   </si>
   <si>
     <t xml:space="preserve">1. จัดกิจกรรมต่างๆ สำหรับ นักเรียน นักศึกษา เยาวชนและประชาชนที่สนใจ  ด้านวิทยาศาสตร์  ดาราศาสตร์ และเทคโนโลยี พร้อมทั้งมีการแข่งขันตอบคำถามในแต่ละกิจกรรม ดังนี้    - นิทรรศการวิทยาศาสตร์และดาราศาสตร์    - กิจกรรมการทดลองทางด้านวิทยาศาสตร์ </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการองค์การบริหารส่วนจังหวัดพะเยา เคลื่อนที่ ประจำปีงบประมาณ พ.ศ.2568 </t>
   </si>
   <si>
-    <t xml:space="preserve">1.เพื่อให้การบริหารงานขององค์การบริหารส่วนจังหวัดพะเยาเป็นไปตามแนวทางการบริหารกิจการบ้านเมืองที่ดี 2.สร้างกระบวนการส่งเสริมการมีส่วนร่วมและการบูรณาการร่วมกับภาคส่วนต่างๆ 3.เพื่อประชาสัมพันธ์ผลงาน กิจกรรมตามนโยบายของนายกองค์การบริหารส่วนจังหวัดพะเยา
+    <t xml:space="preserve">1.เพื่อให้การบริหารงานขององค์การบริหารส่วนจังหวัดพะเยาเป็นไปตามแนวทางการบริหารกิจการบ้านเมืองที่ดี 2.สร้างกระบวนการส่งเสริมการมีส่วนร่วมและการบูรณาการร่วมกับภาคส่วนต่างๆ 3.เพื่อประชาสัมพันธ์ผลงาน กิจกรรมตามนโยบายของนายกองค์การบริหารส่วนจังหวัดพะเยา_x000D_
 4.เพื่อให้บริการด้านการส่งเสริมคุณภาพชีวิต อาชีพ สุขภาพ ความเป็นอยู่ของประชาชน และส่งเสริมการใช้ปุ๋ยอินทรีย์ของ อบจ.พะเยา ในการรักษาสภาพแวดล้อมที่ดีในระยะยาว  </t>
   </si>
   <si>
     <t xml:space="preserve">มีการจัดงานในแต่ละอำเภอ ในพื้นที่จังหวัดพะเยา อย่างน้อย 1 อำเภอ โดยมีกลุ่มเป้าหมาย คือ ประชาชนในจังหวัดพะเยาในพื้นที่ ประกอบด้วย ผู้นำท้องที่ ผู้นำท้องถิ่น กลุ่มองค์กรและประชาชนทั่วไป  </t>
   </si>
   <si>
     <t xml:space="preserve">โครงการจัดการเลือกตั้งสมาชิกสภาท้องถิ่นและผู้บริหารท้องถิ่น ประจำปีงบประมาณ พ.ศ. 2568 โดยองค์การบริหารส่วนจังหวัดพะเยา </t>
   </si>
   <si>
-    <t xml:space="preserve">1. เพื่อเผยแพร่หลักการปกครองตามระบอบประชาธิปไตยอันมีพระมหากษัตริย์ทรงเป็นประมุข และประชาสัมพันธ์ให้ประชาชนได้รับทราบเพื่อไปใช้สิทธิเลือกตั้ง
-2.เพื่อให้เจ้าหน้าที่และผู้ที่เกี่ยวข้องในการปฏิบัติงานเลือกตั้งได้รับทราบถึงบทบาทและหน้าที่ของตน ได้อย่างชัดเจน ปฏิบัติหน้าที่ได้อย่างถูกต้องเรียบร้อย
+    <t xml:space="preserve">1. เพื่อเผยแพร่หลักการปกครองตามระบอบประชาธิปไตยอันมีพระมหากษัตริย์ทรงเป็นประมุข และประชาสัมพันธ์ให้ประชาชนได้รับทราบเพื่อไปใช้สิทธิเลือกตั้ง_x000D_
+2.เพื่อให้เจ้าหน้าที่และผู้ที่เกี่ยวข้องในการปฏิบัติงานเลือกตั้งได้รับทราบถึงบทบาทและหน้าที่ของตน ได้อย่างชัดเจน ปฏิบัติหน้าที่ได้อย่างถูกต้องเรียบร้อย_x000D_
 3. เพื่อดำเนินการจัดการเลือกตั้งสำเร็จลุล่วง เป็นไปตามกฎหมายและระเบียบที่กำหนด และให้ได้มาซึ่งสมาชิกสภาองค์การบริหารส่วนจังหวัดพะเยาและนายกองค์การบริหารส่วนจังหวัดพะเยา เป็นไปด้วยความโปร่งใส บริสุทธิ์ ยุติธรรม  </t>
   </si>
   <si>
     <t xml:space="preserve">เชิงปริมาณ สมาชิกสภาองค์การบริหารส่วนจังหวัดพะเยา จำนวน 24 คน เชิงคุณภาพ	 การเลือกตั้งสมาชิกสภาท้องถิ่นและผู้บริหารท้องถิ่น ประจำปีงบประมาณ พ.ศ. 2568                โดยองค์การบริหารส่วนจังหวัดพะเยา  ถูกต้องตามระเบียบ กฎหมาย  และเป็นไปตามห้วงระยะเวลาที่กำหนดไว้ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายดงย่าวัน บ้านเดื่อ หมู่ที่ 15 ต.ปง เชื่อม ต.ควร อ.ปง จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1  ปรับปรุงถนนลูกรังบดอัดเข้าสู่พื้นที่การเกษตร ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 2,750ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 2,310ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายอ่างขุนกำลัง บ้านขุนกำลัง หมู่ที่ 4 ต.ขุนควร เชื่อม ต.นาปรัง อ.ปง จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 2,650ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 2,226ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายวัดธาตุ บ้านนาอ้อม หมู่ที่ 5 ต.ขุนควร เชื่อม ต.นาปรัง อ.ปง จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 2,800ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 2,352ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายหลังบ้าน บ้านแสงไทร หมู่ที่ 9 ต.ขุนควร เชื่อม ต.นาปรัง อ.ปง จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายกองควาย หมู่ที่ 3 ต.เจริญราษฎร์ อ.แม่ใจ จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 3,050ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 1,200ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงภูมิทัศน์รอบอัฒจันทร์ 1   (ทิศตะวันออก) สนามกีฬาจังหวัดพะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">เพื่อปรับปรุงภูมิทัศน์รอบอัฒจันทร์ 1   (ทิศตะวันออก) _x000D_
+สนามกีฬาจังหวัดพะเยา  เพื่อให้มีสภาพที่ดีขึ้น_x000D_
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงภูมิทัศน์รอบ   อัฒจันทร์ 1  (ทิศตะวันออก) สนามกีฬาจังหวัดพะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงพื้นผิวสนาม ฟุตบอล 1 สนามกีฬาจังหวัดพะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">เพื่อปรับปรุงพื้นผิวสนามฟุตบอล 1 สนามกีฬาจังหวัดพะเยาเพื่อให้มีสภาพที่ดีขึ้นคงเดิม </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงพื้นผิวสนามฟุตบอล 1  สนามกีฬาจังหวัดพะเยา จำนวน 1 สนาม เพื่อประชาชนทั่วไปในจังหวัดพะเยา และจังหวัดใกล้เคียง </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายเรียบพระธาตุ ม.14 ต.น้ำแวน เชื่อม ต.อ่างทอง อ.เชียงคำ จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 465ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 139ลบ.ม. (คิวหลวม)  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 300ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 90ลบ.ม. (คิวหลวม)  สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 895ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 268ลบ.ม. (คิวหลวม)  หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 497ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยป่าหยุม ม.6 ต.ทุ่งผาสุข เชื่อม  ต.น้ำแวน อ.เชียงคำ  จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 ปรับปรุงถนนลูกรังบดอัดเข้าสู่พื้นที่การเกษตร ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,850ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,554ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายทุ่งโป่ง-จำป่าแหย่ง ม.3  ต.หนองหล่ม  อ.ดอกคำใต้ จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 700ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 588ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,000ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 840ลบ.ม.  สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 150ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 126ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554ลบ.ม.พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายวัดบ้านไร่ ม.4 ต.ทุ่งผาสุข เชื่อม  ต.เชียงบาน อ.เชียงคำ จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,660ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 498ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายห้วยต้นต้อง ม.12 ต.อ่างทอง อ.เชียงคำ จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,640ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 492ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายบ่อขยะ ม.8 ต.ป่าสัก เชื่อม ต.ภูซาง อ.ภูซาง จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,300ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 390ลบ.ม. (คิวหลวม)  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 345ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 103ลบ.ม. (คิวหลวม)  หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 493ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายห้วยเต๋ย ม.8 ต.ป่าสัก เชื่อม ต.ทุ่งกล้วย อ.ภูซาง จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 900ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 270ลบ.ม. (คิวหลวม)  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 740ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 222ลบ.ม. (คิวหลวม)  หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 492ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายแม่ต๋ำห้วยป่าหวาย (สาย1) ม.5 ต.หนองหล่ม เชื่อม ต.บ้านปิน อ.ดอกคำใต้ จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,200ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,008ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 400ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 336ลบ.ม.  สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 250ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 210ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554ลบ.ม.พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  สายบนอ่างร่องช้าง ม.5 ต.หนองหล่ม เชื่อม  ต.บ้านปิน อ.ดอกคำใต้ จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 600ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 504ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 300ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 525ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 600ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 504ลบ.ม.  สายที่ 4 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 350ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 294ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554ลบ.ม.พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  สายสะพานแม่ต๋ำ (สายที่ 1) ม.5  ต.หนองหล่ม เชื่อม  ต.บ้านปิน อ.ดอกคำใต้ จ.พะเยา   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,050ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 882ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 800ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 672ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554ลบ.ม.พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  สายรอบอ่างห้วยโค้ง  ม.14 ต.ฝายกวาง  อ.เชียงคำ จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,900ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,596ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยโค้ง-ห้วยเคราะห์ ม.14  ต.ฝายกวาง เชื่อม  ต.แม่ลาว อ.เชียงคำ  จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยโค้ง - ห้วยแล้ง  ม.14 ต.ฝายกวาง เชื่อม ต.แม่ลาว อ.เชียงคำ  จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  สายร่องป่ายาง ม.11  ต.ฝายกวาง อ.เชียงคำ จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,850ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,554ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยปืนแตก ม.8  ต.ฝายกวาง อ.เชียงคำ จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,0500ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 882ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 800ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 672ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554ลบ.ม.พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายบ่อขยะ บ้านหัวนา ม.7  ต.ทุ่งกล้วย อ.ภูซาง  จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 700ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 588ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 600ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 504ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 550ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 462ลบ.ม.  หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554ลบ.ม.พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  บ้านแดนเมือง ม.7  ต.หย่วน อ.เชียงคำ   จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  บ้านเปื๋อยเปียง ม.14 ต.หย่วน อ.เชียงคำ   จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  บ้านฝั่งหมิ่น ม.6  ต.ห้วยยางขาม เชื่อม  ต.จุน อ.จุน จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,805ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 541ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  บ้านห้วยกั้ง ม.1 ต.จุน อ.จุน จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,100ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 330ลบ.ม. (คิวหลวม)  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 735ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 220ลบ.ม. (คิวหลวม)  หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 550ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายสันเกล็ดเนิ้ง ม.2  ต.บุญเกิด เชื่อม  ต.ดอกคำใต้ อ.ดอกคำใต้ จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 650ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 546ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 1,200ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,008ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554ลบ.ม.พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร เลียบลำน้ำอิง ม.4  ต.ดอกคำใต้  อ.ดอกคำใต้ เชื่อม  ต.ท่าวังทอง  อ.เมืองพะเยา  จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 1,400ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 490ลบ.ม. (คิวหลวม)  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 550ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 192ลบ.ม. (คิวหลวม)  หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 682ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายเหมืองขมุ ม.4  ต.ดอนศรีชุม เชื่อม  ต.บุญเกิด อ.ดอกคำใต้   จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 290ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 101ลบ.ม.  (คิวหลวม)  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 1,920ม.  หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 576ลบ.ม.  (คิวหลวม)  หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 682ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  สายปางควาย ม.2,8  ต. บุญเกิด อ.ดอกคำใต้ จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 1,800ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 630ลบ.ม. (คิวหลวม)  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 3.50 ม. ยาว 135ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 47ลบ.ม. (คิวหลวม)  หรือมีปริมาตรหินคลุกรวมกันไม่น้อยกว่า 677ลบ.ม.พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  สายพ่อเลี้ยงติ๊บ ม.9  ต.บุญเกิด เชื่อม  ต.คือเวียง อ.ดอกคำใต้ จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 850ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 714ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 600ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 504ลบ.ม. สายที่ 3 ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 400ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 336ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,554ลบ.ม.พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. สายทุ่งดะ ม.1  ต.น้ำแวน อ.เชียงคำ  จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 ก่อสร้างถนน ค.ส.ล. สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. นาดผิวจราจรกว้าง 4ม. ยาว 207ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 828ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. บ้านห้วยบง ม.9 ต.น้ำแวน อ.เชียงคำ จ.พะเยา   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 4ม. ยาว 207ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 828ตร.ม.(ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. สายห้วยโค้ง-ร่องเก๊างุ้น ม.14 ต.ฝายกวาง  อ.เชียงคำ จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 ก่อสร้างถนน ค.ส.ล. ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้าง 4ม. ยาว 100ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 400ตร.ม.  สายที่ 2 ขนาดผิวจราจรกว้าง 4ม. ยาว 107ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 428ตร.ม.  หรือมีพื้นที่รวมกันไม่น้อยกว่า 828ตร.ม. (ไม่มีงานไหล่ทางลูกรัง)  รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. สายดงชาวบ้าน ม.4  ต.เวียง อ.เชียงคำ  จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้าง 4ม. ยาว 120ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 468ตร.ม. สายที่ 2 ขนาดผิวจราจรกว้าง 4ม. ยาว 87ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 348ตร.ม.    หรือมีพื้นที่รวมกันไม่น้อยกว่า 828ตร.ม. (ไม่มีงานไหล่ทางลูกรัง)    รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล.  ซ.1 ม.13 - สาย 2 ม.7  ต.ร่มเย็น อ.เชียงคำ  จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 4ม. ยาว 207ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 828ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. สายร่องแมดโค้ง ซ.1  ม.4 ต.ทุ่งรวงทอง เชื่อม ต.ลอ อ.จุน จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 4ม. ยาว 207ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 828ตร.ม.    (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. สายหลัง รร.พญาลอวิทยาคม ม.11  ต.ทุ่งรวงทอง เชื่อม ต.ลอ อ.จุน จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้าง 3.50 ม. ยาว 44ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 154ตร.ม. สายที่ 2 ขนาดผิวจราจรกว้าง 3.50 ม. ยาว 193ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 675.50 ตร.ม. หรือมีพื้นที่รวมกันไม่น้อยกว่า 829.50 ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล.  ม.4 ต.สว่างอารมณ์  อ.ดอกคำใต้ เชื่อม  ต.แม่อิง อ.ภูกามยาว จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 5.50 ม. ยาว 146ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 803ตร.ม.     (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. สายขึ้นพระธาตุศิวิไล ม.14  ต.ฝายกวาง  อ.เชียงคำ จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 ก่อสร้างถนน ค.ส.ล. _x000D_
+ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. โดยแบ่งเป็น ช่วงที่ 1 ขนาดผิวจราจรกว้าง 4ม. ยาว 164ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 656ตร.ม. ช่วงที่ 2 ทำการก่อสร้างหูช้างทางขึ้น - ลง (STA 0+000) ค.ส.ล.  หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 50ตร.ม. หรือมีพื้นที่รวมกันไม่น้อยกว่า 706ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. บ้านต้นผึ้ง ม.3  ต.ป่าสัก อ.ภูซาง  จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 4ม. ยาว 212ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 848ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน  อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. บ้านหล่าย ม.9  ต.สบบง อ.ภูซาง  จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้าง 4ม. ยาว 71ม.  หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 284ตร.ม. สายที่ 2 ขนาดผิวจราจรกว้าง 4ม. ยาว 141ม.  หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 564ตร.ม. หรือมีพื้นที่รวมกันไม่น้อยกว่า 848ตร.ม. รายละเอียดตามประมาณการและแบบแปลน  อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ก่อสร้างถนน คสล. สายเกษตรทุ่งหลวง บ้านต๊ำน้ำล้อม  หมู่ที่ 5  ตำบลบ้านต๊ำ อำเภอเมืองพะเยา จังหวัดพะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 3.50 ม. ยาวรวม 220ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 770ตารางเมตร รายละเอียดตามประมาณการ และแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายฝายแม่ต๋ำ หมู่ที่ 2 ต.แม่กา อ.เมืองพะเยา จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร _x000D_
+ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว2,800ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 1,120ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร สายท่อบวกห้า หมู่ที่ 3 ต.จำป่าหวาย อ.เมืองพะเยา จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 2,850ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 1,140ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตรสายเลียบ สายบอกแสะ หมู่ที่ 12 ต.จำป่าหวาย อ.เมืองพะเยา จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 2,700ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 1,080ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายนาปู่ราษ บ้านใหม่ดอนมูล หมู่ที่ 2 ตำบลควร อำเภอปง จังหวัดพะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 2,850ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 2,394ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 ปรับปรุงถนนลูกรังบดอัดเข้าสู่พื้นที่การเกษตร _x000D_
+ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยเกี๋ยง บ้านแบ่ง หมู่ที่5 ต.งิม อ.ปง จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 ปรับปรุงถนนลูกรังบดอัดเข้าสู่พื้นที่การเกษตร _x000D_
+ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2 เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายฝั่งก้าน บ้านป่าแดง หมู่ที่ 9 ต.งิม อ.ปง จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยป่าไร่ บ้านสันกลาง หมู่ที่ 8 ต.งิม อ.ปง จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายสันข้าวหลาม บ้านต้นฝาง หมู่ที่ 5 ต.ออย อ.ปง จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 2,700ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 2,268ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายกิ่วเก้าขาม บ้านเก๊าเงา หมู่ที่ 15 ต.งิม อ.ปง จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยวังถ้ำ บ้านหัวฝาย หมู่ที่ 10 ตำบลควร อำเภอปง จังหวัดพะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายม่อนสียา บ้านดอนไชย ป่าแขม หมู่ที่ 3 ต.ออย อ.ปง จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ถนนสายน้ำแป้งน้อย บ้านเลี้ยว หมู่ 10 ต.งิม อ.ปง จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ถนนสายฝายขำใต้ บ้านปางวัว หมู่ 19 ต.งิม  อ.ปง จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยเลา บ้านฝายแก้ว หมู่ที่ 7 ต.ออย อ.ปง จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยม้า บ้านบุญยืน หมู่ที่ 2 ตำบลนาปรัง อำเภอปง จังหวัดพะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยเสี้ยว บ้านหมุ้น หมู่ที่ 3 ตำบลนาปรัง อำเภอปง จังหวัดพะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  สายพ่อหลวงจี๋ ม.8  ต.บ้านถ้ำ เชื่อม  ต.คือเวียง อ.ดอกคำใต้ จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 2,305ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 691ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร  สายห้วยกอก  บ้านทุ่งแต หมู่ที่ 1 ต.งิม อ.ปง จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่น เข้าสู่พื้นที่การเกษตร โดยแบ่งเป็น  สายที่ 1 ขนาดผิวจราจรกว้าง เฉลี่ย 4ม. ยาว 450ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 378ลบ.ม.  สายที่ 2 ขนาดผิวจราจรกว้าง เฉลี่ย 4ม. ยาว 1,550ม. หนาเฉลี่ย 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 1,302ลบ.ม. หรือมีปริมาตรลูกรังรวมกันไม่น้อยกว่า 1,677ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการ และแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงโรงเก็บของ สนามกีฬาจังหวัดพะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">เพื่อปรับปรุงโรงเก็บของสนามกีฬาจังหวัดพะเยาที่จำเป็นและเกี่ยวข้องกับงานบริหารสนามกีฬา เพื่อให้มีสภาพที่ดีขึ้น ซึ่งเป้นทรัพย์สินที่อยู่ดูแลขององค์การบริหารส่วนจังหวัดพะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงโรงเก็บของสนามกีฬาจังหวัดพะเยา จำนวน 1 หลัง ภายในสนามกีฬาจังหวัดพะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงห้องน้ำสนามกีฬาองค์การบริหารส่วนจังหวัดพะเยา อ.ดอกคำใต้  จ.พะเยา (ทิศใต้) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">เพื่อจ่ายเป็นค่าโครงการปรับปรุงห้องน้ำ สนามกีฬาองค์การบริหาร_x000D_
+ส่วนจังหวัดพะเยา _x000D_
+อ.ดอกคำใต้ จ.พะเยา (ทิศใต้) ที่จำเป็นและเกี่ยวข้องกับงานบริหารสนามกีฬา เพื่อให้มีสภาพคงเดิมซึ่งเป็นทรัพย์สินที่อยู่ในความดูแลขององค์การบริหารส่วนจังหวัดพะเยา_x000D_
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงห้องน้ำสนามกีฬาองค์การบริหาร ส่วนจังหวัดพะเยา  อ.ดอกคำใต้ จ.พะเยา  (ทิศใต้) จำนวน 1 หลัง </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงห้องน้ำสนามกีฬาองค์การบริหารส่วนจังหวัดพะเยา อ.ดอกคำใต้  จ.พะเยา  (ทิศเหนือ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">เพื่อจ่ายเป็นค่าโครงการปรับปรุงห้องน้ำ สนามกีฬาองค์การบริหารส่วนจังหวัดพะเยา อ.ดอกคำใต้ _x000D_
+จ.พะเยา (ทิศเหนือ) _x000D_
+ที่จำเป็นและเกี่ยวข้องกับงานบริหารสนามกีฬา เพื่อให้มีสภาพคงเดิมซึ่งเป็นทรัพย์สินที่อยู่ในความดูแลขององค์การบริหารส่วนจังหวัดพะเยา_x000D_
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงห้องน้ำสนามกีฬาองค์การบริหารส่วนจังหวัดพะเยา  อ.ดอกคำใต้ จ.พะเยา (ทิศเหนือ)  จำนวน 1 หลัง </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายคลองส่งน้ำ ม.14 ต.แม่นาเรือ อ.เมืองพะเยา จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 2,700ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 2,268ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายทุ่งโฮ้ง ม.4,5,15 ต.แม่นาเรือ อ.เมืองพะเยา จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 2,750ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 2,310ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายแม่แฮ้ ม.5 ต.บ้านตุ่น อ.เมืองพะเยา จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยโป่ง ม.6 ต.บ้านตุ่น อ.เมืองพะเยา จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 2,800ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 2,352ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร บ้านร่องไฮ หมู่ที่ 5 ต.บ้านใหม่ อ.เมืองพะเยา จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายหล่ายกิ่ว บ้านต๊ำใน หมู่ที่ 9 ต.บ้านต๊ำ อ.เมืองพะเยา จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 2,900ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 2,436ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายเลียบคลองชลประทาน  บ้านสันต้นผึ้ง หมู่ที่ 8 เชื่อม บ้านโป่งเกลือ หมู่ที่ 9 และบ้านโป่งเกลือใต้ หมู่ที่ 15 ต.แม่ปืม อ.เมืองพะเยา จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 3,000ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 2,520ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายวังช้าง - สวนดอก บ้านภูเงิน หมู่ที่ 13 ต.แม่ปืม อ.เมืองพะเยา จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายข้างบ้านเอื้ออาทร หมู่ที่ 2 บ้านห้วยน้ำขาว ต.ท่าวังทอง อ.เมืองพะเยา จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยน้ำจ๋าน บ้านหล่ายใหม่ หมู่ที่ 11  ต.ออย อ.ปง จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  สายทุ่งแกสูง ม.11  ต.บ้านถ้ำ เชื่อม  ต.ดอนศรีชุม  อ.ดอกคำใต้ จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนหินคลุกเข้าสู่พื้นที่การเกษตร  ขนาดผิวจราจรกว้างเฉลี่ย 3ม. ยาว 2,290ม. หนา 0.10 ม. หรือมีปริมาตรหินคลุกไม่น้อยกว่า 687ลบ.ม. (คิวหลวม) พร้อมปรับเกลี่ยให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายหกหลวง หมู่ที่ 4 ตำบลเชียงม่วน อำเภอเชียงม่วน  จังหวัดพะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 2,850ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 2,394ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการก่อสร้างถนน ค.ส.ล. ซอย 1 บ้านร่องส้าน  ม.8  ต.ร่มเย็น  อ.เชียงคำ จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. โดยแบ่งเป็น สายที่ 1 ขนาดผิวจราจรกว้าง  4ม. ยาว 104ม. หนา  0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 416ตร.ม. สายที่ 2 ขนาดผิวจราจรกว้าง 4ม. ยาว 103ม. หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 412ตร.ม.     หรือมีพื้นที่รวมกันไม่น้อยกว่า 828ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. บ้านห้วยข้าวก่ำใต้ ม.1 ต.ห้วยข้าวก่ำ เชื่อม ต.จุน อ.จุน  จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายห้วยตำตา บ้านห้วยคอกหมู หมู่ที่ 8 ตำบลนาปรัง อำเภอปง จังหวัดพะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ซอย 11  บ้านไคร้ป่าคา ม.3 ต.น้ำแวน อ.เชียงคำ จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. ขนาดผิวจราจรกว้าง 4ม. ยาว 212ม.  หนา 0.15 ม. หรือมีพื้นที่ไม่น้อยกว่า 848ตร.ม. (ไม่มีงานไหล่ทางลูกรัง) รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ก่อสร้างถนน ค.ส.ล. บ้านน้ำแวน ม.2  ต.น้ำแวน อ.เชียงคำ  จ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงสนามจักรยาน BMX สนามกีฬาจังหวัดพะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">เพื่อปรับปรุงสนามจักรยาน BMX ให้อยู่ในสภาพสมบูรณ์และจัดกิจกรรมได้อย่างปลอดภัย และเป็นการส่งเสริมการออกกำลังกาย เสริมสร้างร่างกายให้แข็งแรงโดยใช้จักรยาน        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงสนามจักรยาน BMX    ในสนามกีฬาจังหวัดพะเยา  จำนวน 1 แห่ง </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายโรงอิฐ หมู่ที่ 2 ตำบลเชียงม่วน อำเภอเชียงม่วน จังหวัดพะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม.  ยาว 2,850ม.  หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 2,394ลบ.ม. พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายถ้ำ หมู่ที่ 6 ตำบลเชียงม่วน อำเภอเชียงม่วน จังหวัดพะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 2,500ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 2,100ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายประมง หมู่ที่ 11 ตำบลบ้านมาง อำเภอเชียงม่วน จังหวัดพะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 2,500ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 2,100ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่น ให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายบ้านจำปา หมู่ที่ 17, 3 และ 12 ตำบลห้วยแก้ว อำเภอภูกามยาว จังหวัดพะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร ขนาดผิวจราจรกว้างเฉลี่ย 4ม. ยาว 2,700ม. หนา 0.20 ม. หรือมีปริมาตรลูกรังไม่น้อยกว่า 2,700ลบ.ม.  พร้อมปรับเกลี่ยบดอัดแน่นให้เรียบร้อย รายละเอียดตามประมาณการและแบบแปลน อบจ.พะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรสายม่อน อ่างเก็บน้ำห้วยแก้ว - ห้วยหญ้าไทร บ้านสันป่าส้าน หมู่ที่ 12 ตำบลห้วยแก้ว อำเภอภูกามยาว จังหวัดพะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตรสายสันกลาง (ต่อจากจุดเดิม)  สายสปริงเวย์และ สายหน้าอ่างบ้านสันป่าส้าน หมู่ที่ 12 ตำบลห้วยแก้ว อำเภออำเภอภูกามยาว จังหวัดพะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1  ปรับปรุงถนนลูกรังบดอัดเข้าสู่พื้นที่การเกษตร _x000D_
+ให้สามารถใช้งานได้อย่างมีประสิทธิภาพ ปลอดภัย_x000D_
+2  เพื่อให้ประชาชนได้สัญจรและคมนาคมขนส่งผลิตผลทางการเกษตรได้รับความสะดวกมากขึ้น_x000D_
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการปรับปรุงถนนลูกรังบดอัดแน่นเข้าสู่พื้นที่การเกษตร สายม่อนโบสถ - สันกระต่าย บ้านห้วยแก้ว หมู่ที่ 3 ตำบลห้วยแก้ว อำเภอภูกามยาว จังหวัดพะเยา </t>
+  </si>
+  <si>
+    <t xml:space="preserve">โครงการอนุรักษ์พันธุกรรมพืชอันเนื่องมาจากพระราชดําริสมเด็จพระเทพรัตนราชสุดาฯ สยามบรมราชกุมารี (อพ.สธ.)  ร่วมสนองพระราชดําริ โดยองค์การบริหารส่วนจังหวัดพะเยา ในงานฐานทรัพยากรท้องถิ่น (พันธุ์พืชสมุนไพรสำหรับใช้ในการรักษาด้วยแพทย์แผนไทยในพื้นที่จังหวัดพะเยา) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. เพื่อร่วมสนองแนวพระราชดำริ และสืบสานพระราชปณิธานสมเด็จพระเทพรัตนราชสุดาฯ ในการจัดการการอนุรักษ์ _x000D_
+และใช้ทรัพยากรท้องถิ่นของประเทศ _x000D_
+2. อนุรักษ์และใช้ประโยชน์พืชสมุนไพร_x000D_
+3. เพื่อสร้างจิตสำนึกและตระหนักถึงความสำคัญของทรัพยากรที่มีอยู่ในท้องถิ่น ดูแลรักษา อนุรักษ์พืชสมุนไพรที่มีอยู่ในท้องถิ่น แล้วนำมาพัฒนาและใช้ประโยชน์อย่างยั่งยืน </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. รวบรวมพันธุ์พืชสมุนไพรสำหรับใช้ในการรักษาด้วยแพทย์แผนไทยในพื้นที่จังหวัดพะเยา และจัดทำฐานข้อมูลพืชสมุนไพร จำนวนไม่น้อยกว่า 10 ชนิด 2. ศูนย์สาธิตปลูกพืชสมุนไพรและป้ายให้ความรู้ประกอบในสถานที่ที่กำหนด 3. ศูนย์การเรียนรู้สำหรับจัดกิจกรรมอบรม/ประชาสัมพันธ์/ศึกษาดูงานแก่ประชาชนและเยาวชนในพื้นเกี่ยวกับการปลูก การใช้ประโยชน์และ การอนุรักษ์พืชสมุนไพร  </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -4493,51 +5088,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H666"/>
+  <dimension ref="A1:H759"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -16033,51 +16628,51 @@
       </c>
       <c r="F443" t="s">
         <v>10</v>
       </c>
       <c r="G443" t="s">
         <v>823</v>
       </c>
       <c r="H443" t="s">
         <v>824</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444">
         <v>443</v>
       </c>
       <c r="B444">
         <v>2568</v>
       </c>
       <c r="C444" t="s">
         <v>20</v>
       </c>
       <c r="D444" t="s">
         <v>825</v>
       </c>
       <c r="E444">
-        <v>200000</v>
+        <v>20000</v>
       </c>
       <c r="F444" t="s">
         <v>25</v>
       </c>
       <c r="G444" t="s">
         <v>826</v>
       </c>
       <c r="H444" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445">
         <v>444</v>
       </c>
       <c r="B445">
         <v>2568</v>
       </c>
       <c r="C445" t="s">
         <v>20</v>
       </c>
       <c r="D445" t="s">
         <v>828</v>
       </c>
       <c r="E445">
@@ -16917,51 +17512,51 @@
       </c>
       <c r="F477" t="s">
         <v>46</v>
       </c>
       <c r="G477" t="s">
         <v>898</v>
       </c>
       <c r="H477" t="s">
         <v>899</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478">
         <v>477</v>
       </c>
       <c r="B478">
         <v>2568</v>
       </c>
       <c r="C478" t="s">
         <v>44</v>
       </c>
       <c r="D478" t="s">
         <v>900</v>
       </c>
       <c r="E478">
-        <v>500000</v>
+        <v>0</v>
       </c>
       <c r="F478" t="s">
         <v>46</v>
       </c>
       <c r="G478" t="s">
         <v>901</v>
       </c>
       <c r="H478" t="s">
         <v>902</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479">
         <v>478</v>
       </c>
       <c r="B479">
         <v>2568</v>
       </c>
       <c r="C479" t="s">
         <v>44</v>
       </c>
       <c r="D479" t="s">
         <v>903</v>
       </c>
       <c r="E479">
@@ -19075,51 +19670,51 @@
       </c>
       <c r="F560" t="s">
         <v>46</v>
       </c>
       <c r="G560" t="s">
         <v>898</v>
       </c>
       <c r="H560" t="s">
         <v>899</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561">
         <v>560</v>
       </c>
       <c r="B561">
         <v>2568</v>
       </c>
       <c r="C561" t="s">
         <v>44</v>
       </c>
       <c r="D561" t="s">
         <v>1056</v>
       </c>
       <c r="E561">
-        <v>500000</v>
+        <v>0</v>
       </c>
       <c r="F561" t="s">
         <v>46</v>
       </c>
       <c r="G561" t="s">
         <v>898</v>
       </c>
       <c r="H561" t="s">
         <v>991</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562">
         <v>561</v>
       </c>
       <c r="B562">
         <v>2568</v>
       </c>
       <c r="C562" t="s">
         <v>44</v>
       </c>
       <c r="D562" t="s">
         <v>1057</v>
       </c>
       <c r="E562">
@@ -20453,51 +21048,51 @@
       </c>
       <c r="F613" t="s">
         <v>46</v>
       </c>
       <c r="G613" t="s">
         <v>872</v>
       </c>
       <c r="H613" t="s">
         <v>1149</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614">
         <v>613</v>
       </c>
       <c r="B614">
         <v>2568</v>
       </c>
       <c r="C614" t="s">
         <v>44</v>
       </c>
       <c r="D614" t="s">
         <v>1150</v>
       </c>
       <c r="E614">
-        <v>500000</v>
+        <v>0</v>
       </c>
       <c r="F614" t="s">
         <v>46</v>
       </c>
       <c r="G614" t="s">
         <v>853</v>
       </c>
       <c r="H614" t="s">
         <v>1151</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615">
         <v>614</v>
       </c>
       <c r="B615">
         <v>2568</v>
       </c>
       <c r="C615" t="s">
         <v>44</v>
       </c>
       <c r="D615" t="s">
         <v>1152</v>
       </c>
       <c r="E615">
@@ -20869,51 +21464,51 @@
       </c>
       <c r="F629" t="s">
         <v>46</v>
       </c>
       <c r="G629" t="s">
         <v>784</v>
       </c>
       <c r="H629" t="s">
         <v>1174</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630">
         <v>629</v>
       </c>
       <c r="B630">
         <v>2568</v>
       </c>
       <c r="C630" t="s">
         <v>44</v>
       </c>
       <c r="D630" t="s">
         <v>1175</v>
       </c>
       <c r="E630">
-        <v>200000</v>
+        <v>1000</v>
       </c>
       <c r="F630" t="s">
         <v>46</v>
       </c>
       <c r="G630" t="s">
         <v>1176</v>
       </c>
       <c r="H630" t="s">
         <v>1177</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631">
         <v>630</v>
       </c>
       <c r="B631">
         <v>2568</v>
       </c>
       <c r="C631" t="s">
         <v>44</v>
       </c>
       <c r="D631" t="s">
         <v>1013</v>
       </c>
       <c r="E631">
@@ -21181,51 +21776,51 @@
       </c>
       <c r="F641" t="s">
         <v>17</v>
       </c>
       <c r="G641" t="s">
         <v>356</v>
       </c>
       <c r="H641" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642">
         <v>641</v>
       </c>
       <c r="B642">
         <v>2568</v>
       </c>
       <c r="C642" t="s">
         <v>342</v>
       </c>
       <c r="D642" t="s">
         <v>1194</v>
       </c>
       <c r="E642">
-        <v>32000</v>
+        <v>0</v>
       </c>
       <c r="F642" t="s">
         <v>17</v>
       </c>
       <c r="G642" t="s">
         <v>1195</v>
       </c>
       <c r="H642" t="s">
         <v>1196</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643">
         <v>642</v>
       </c>
       <c r="B643">
         <v>2568</v>
       </c>
       <c r="C643" t="s">
         <v>342</v>
       </c>
       <c r="D643" t="s">
         <v>1197</v>
       </c>
       <c r="E643">
@@ -21233,51 +21828,51 @@
       </c>
       <c r="F643" t="s">
         <v>25</v>
       </c>
       <c r="G643" t="s">
         <v>787</v>
       </c>
       <c r="H643" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644">
         <v>643</v>
       </c>
       <c r="B644">
         <v>2568</v>
       </c>
       <c r="C644" t="s">
         <v>342</v>
       </c>
       <c r="D644" t="s">
         <v>364</v>
       </c>
       <c r="E644">
-        <v>20000</v>
+        <v>0</v>
       </c>
       <c r="F644" t="s">
         <v>25</v>
       </c>
       <c r="G644" t="s">
         <v>365</v>
       </c>
       <c r="H644" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645">
         <v>644</v>
       </c>
       <c r="B645">
         <v>2568</v>
       </c>
       <c r="C645" t="s">
         <v>342</v>
       </c>
       <c r="D645" t="s">
         <v>789</v>
       </c>
       <c r="E645">
@@ -21285,103 +21880,103 @@
       </c>
       <c r="F645" t="s">
         <v>17</v>
       </c>
       <c r="G645" t="s">
         <v>790</v>
       </c>
       <c r="H645" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646">
         <v>645</v>
       </c>
       <c r="B646">
         <v>2568</v>
       </c>
       <c r="C646" t="s">
         <v>342</v>
       </c>
       <c r="D646" t="s">
         <v>346</v>
       </c>
       <c r="E646">
-        <v>100000</v>
+        <v>0</v>
       </c>
       <c r="F646" t="s">
         <v>17</v>
       </c>
       <c r="G646" t="s">
         <v>347</v>
       </c>
       <c r="H646" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647">
         <v>646</v>
       </c>
       <c r="B647">
         <v>2568</v>
       </c>
       <c r="C647" t="s">
         <v>342</v>
       </c>
       <c r="D647" t="s">
         <v>352</v>
       </c>
       <c r="E647">
-        <v>100000</v>
+        <v>0</v>
       </c>
       <c r="F647" t="s">
         <v>17</v>
       </c>
       <c r="G647" t="s">
         <v>353</v>
       </c>
       <c r="H647" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648">
         <v>647</v>
       </c>
       <c r="B648">
         <v>2568</v>
       </c>
       <c r="C648" t="s">
         <v>342</v>
       </c>
       <c r="D648" t="s">
         <v>1198</v>
       </c>
       <c r="E648">
-        <v>525000</v>
+        <v>0</v>
       </c>
       <c r="F648" t="s">
         <v>17</v>
       </c>
       <c r="G648" t="s">
         <v>1199</v>
       </c>
       <c r="H648" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649">
         <v>648</v>
       </c>
       <c r="B649">
         <v>2568</v>
       </c>
       <c r="C649" t="s">
         <v>342</v>
       </c>
       <c r="D649" t="s">
         <v>1201</v>
       </c>
       <c r="E649">
@@ -21441,103 +22036,103 @@
       </c>
       <c r="F651" t="s">
         <v>17</v>
       </c>
       <c r="G651" t="s">
         <v>362</v>
       </c>
       <c r="H651" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652">
         <v>651</v>
       </c>
       <c r="B652">
         <v>2568</v>
       </c>
       <c r="C652" t="s">
         <v>388</v>
       </c>
       <c r="D652" t="s">
         <v>392</v>
       </c>
       <c r="E652">
-        <v>300000</v>
+        <v>10000</v>
       </c>
       <c r="F652" t="s">
         <v>25</v>
       </c>
       <c r="G652" t="s">
         <v>393</v>
       </c>
       <c r="H652" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653">
         <v>652</v>
       </c>
       <c r="B653">
         <v>2568</v>
       </c>
       <c r="C653" t="s">
         <v>388</v>
       </c>
       <c r="D653" t="s">
         <v>795</v>
       </c>
       <c r="E653">
-        <v>200000</v>
+        <v>50000</v>
       </c>
       <c r="F653" t="s">
         <v>25</v>
       </c>
       <c r="G653" t="s">
         <v>796</v>
       </c>
       <c r="H653" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654">
         <v>653</v>
       </c>
       <c r="B654">
         <v>2568</v>
       </c>
       <c r="C654" t="s">
         <v>388</v>
       </c>
       <c r="D654" t="s">
         <v>406</v>
       </c>
       <c r="E654">
-        <v>1200000</v>
+        <v>1400000</v>
       </c>
       <c r="F654" t="s">
         <v>10</v>
       </c>
       <c r="G654" t="s">
         <v>407</v>
       </c>
       <c r="H654" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655">
         <v>654</v>
       </c>
       <c r="B655">
         <v>2568</v>
       </c>
       <c r="C655" t="s">
         <v>388</v>
       </c>
       <c r="D655" t="s">
         <v>389</v>
       </c>
       <c r="E655">
@@ -21545,77 +22140,77 @@
       </c>
       <c r="F655" t="s">
         <v>10</v>
       </c>
       <c r="G655" t="s">
         <v>390</v>
       </c>
       <c r="H655" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656">
         <v>655</v>
       </c>
       <c r="B656">
         <v>2568</v>
       </c>
       <c r="C656" t="s">
         <v>413</v>
       </c>
       <c r="D656" t="s">
         <v>418</v>
       </c>
       <c r="E656">
-        <v>300000</v>
+        <v>0</v>
       </c>
       <c r="F656" t="s">
         <v>415</v>
       </c>
       <c r="G656" t="s">
         <v>419</v>
       </c>
       <c r="H656" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657">
         <v>656</v>
       </c>
       <c r="B657">
         <v>2568</v>
       </c>
       <c r="C657" t="s">
         <v>413</v>
       </c>
       <c r="D657" t="s">
         <v>427</v>
       </c>
       <c r="E657">
-        <v>126000</v>
+        <v>0</v>
       </c>
       <c r="F657" t="s">
         <v>415</v>
       </c>
       <c r="G657" t="s">
         <v>428</v>
       </c>
       <c r="H657" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658">
         <v>657</v>
       </c>
       <c r="B658">
         <v>2568</v>
       </c>
       <c r="C658" t="s">
         <v>413</v>
       </c>
       <c r="D658" t="s">
         <v>433</v>
       </c>
       <c r="E658">
@@ -21623,155 +22218,155 @@
       </c>
       <c r="F658" t="s">
         <v>25</v>
       </c>
       <c r="G658" t="s">
         <v>434</v>
       </c>
       <c r="H658" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659">
         <v>658</v>
       </c>
       <c r="B659">
         <v>2568</v>
       </c>
       <c r="C659" t="s">
         <v>413</v>
       </c>
       <c r="D659" t="s">
         <v>804</v>
       </c>
       <c r="E659">
-        <v>132500</v>
+        <v>0</v>
       </c>
       <c r="F659" t="s">
         <v>25</v>
       </c>
       <c r="G659" t="s">
         <v>805</v>
       </c>
       <c r="H659" t="s">
         <v>806</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660">
         <v>659</v>
       </c>
       <c r="B660">
         <v>2568</v>
       </c>
       <c r="C660" t="s">
         <v>413</v>
       </c>
       <c r="D660" t="s">
         <v>1207</v>
       </c>
       <c r="E660">
-        <v>300000</v>
+        <v>0</v>
       </c>
       <c r="F660" t="s">
         <v>415</v>
       </c>
       <c r="G660" t="s">
         <v>1208</v>
       </c>
       <c r="H660" t="s">
         <v>1209</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661">
         <v>660</v>
       </c>
       <c r="B661">
         <v>2568</v>
       </c>
       <c r="C661" t="s">
         <v>413</v>
       </c>
       <c r="D661" t="s">
         <v>807</v>
       </c>
       <c r="E661">
-        <v>180000</v>
+        <v>45000</v>
       </c>
       <c r="F661" t="s">
         <v>25</v>
       </c>
       <c r="G661" t="s">
         <v>808</v>
       </c>
       <c r="H661" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662">
         <v>661</v>
       </c>
       <c r="B662">
         <v>2568</v>
       </c>
       <c r="C662" t="s">
         <v>413</v>
       </c>
       <c r="D662" t="s">
         <v>798</v>
       </c>
       <c r="E662">
-        <v>180000</v>
+        <v>0</v>
       </c>
       <c r="F662" t="s">
         <v>25</v>
       </c>
       <c r="G662" t="s">
         <v>799</v>
       </c>
       <c r="H662" t="s">
         <v>800</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663">
         <v>662</v>
       </c>
       <c r="B663">
         <v>2568</v>
       </c>
       <c r="C663" t="s">
         <v>413</v>
       </c>
       <c r="D663" t="s">
         <v>801</v>
       </c>
       <c r="E663">
-        <v>170000</v>
+        <v>0</v>
       </c>
       <c r="F663" t="s">
         <v>25</v>
       </c>
       <c r="G663" t="s">
         <v>802</v>
       </c>
       <c r="H663" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664">
         <v>663</v>
       </c>
       <c r="B664">
         <v>2568</v>
       </c>
       <c r="C664" t="s">
         <v>413</v>
       </c>
       <c r="D664" t="s">
         <v>424</v>
       </c>
       <c r="E664">
@@ -21779,86 +22374,2504 @@
       </c>
       <c r="F664" t="s">
         <v>25</v>
       </c>
       <c r="G664" t="s">
         <v>425</v>
       </c>
       <c r="H664" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665">
         <v>664</v>
       </c>
       <c r="B665">
         <v>2568</v>
       </c>
       <c r="C665" t="s">
         <v>413</v>
       </c>
       <c r="D665" t="s">
         <v>1210</v>
       </c>
       <c r="E665">
-        <v>13000000</v>
+        <v>9606100</v>
       </c>
       <c r="F665" t="s">
         <v>25</v>
       </c>
       <c r="G665" t="s">
         <v>1211</v>
       </c>
       <c r="H665" t="s">
         <v>1212</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666">
         <v>665</v>
       </c>
       <c r="B666">
         <v>2568</v>
       </c>
       <c r="C666" t="s">
         <v>413</v>
       </c>
       <c r="D666" t="s">
         <v>421</v>
       </c>
       <c r="E666">
-        <v>58000</v>
+        <v>8000</v>
       </c>
       <c r="F666" t="s">
         <v>25</v>
       </c>
       <c r="G666" t="s">
         <v>422</v>
       </c>
       <c r="H666" t="s">
         <v>423</v>
+      </c>
+    </row>
+    <row r="667" spans="1:8">
+      <c r="A667">
+        <v>666</v>
+      </c>
+      <c r="B667">
+        <v>2569</v>
+      </c>
+      <c r="C667" t="s">
+        <v>44</v>
+      </c>
+      <c r="D667" t="s">
+        <v>1213</v>
+      </c>
+      <c r="E667">
+        <v>500000</v>
+      </c>
+      <c r="F667" t="s">
+        <v>46</v>
+      </c>
+      <c r="G667" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H667" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="668" spans="1:8">
+      <c r="A668">
+        <v>667</v>
+      </c>
+      <c r="B668">
+        <v>2569</v>
+      </c>
+      <c r="C668" t="s">
+        <v>44</v>
+      </c>
+      <c r="D668" t="s">
+        <v>1216</v>
+      </c>
+      <c r="E668">
+        <v>500000</v>
+      </c>
+      <c r="F668" t="s">
+        <v>46</v>
+      </c>
+      <c r="G668" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H668" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="669" spans="1:8">
+      <c r="A669">
+        <v>668</v>
+      </c>
+      <c r="B669">
+        <v>2569</v>
+      </c>
+      <c r="C669" t="s">
+        <v>44</v>
+      </c>
+      <c r="D669" t="s">
+        <v>1218</v>
+      </c>
+      <c r="E669">
+        <v>500000</v>
+      </c>
+      <c r="F669" t="s">
+        <v>46</v>
+      </c>
+      <c r="G669" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H669" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="670" spans="1:8">
+      <c r="A670">
+        <v>669</v>
+      </c>
+      <c r="B670">
+        <v>2569</v>
+      </c>
+      <c r="C670" t="s">
+        <v>44</v>
+      </c>
+      <c r="D670" t="s">
+        <v>1220</v>
+      </c>
+      <c r="E670">
+        <v>500000</v>
+      </c>
+      <c r="F670" t="s">
+        <v>46</v>
+      </c>
+      <c r="G670" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H670" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="671" spans="1:8">
+      <c r="A671">
+        <v>670</v>
+      </c>
+      <c r="B671">
+        <v>2569</v>
+      </c>
+      <c r="C671" t="s">
+        <v>44</v>
+      </c>
+      <c r="D671" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E671">
+        <v>500000</v>
+      </c>
+      <c r="F671" t="s">
+        <v>46</v>
+      </c>
+      <c r="G671" t="s">
+        <v>1222</v>
+      </c>
+      <c r="H671" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="672" spans="1:8">
+      <c r="A672">
+        <v>671</v>
+      </c>
+      <c r="B672">
+        <v>2569</v>
+      </c>
+      <c r="C672" t="s">
+        <v>44</v>
+      </c>
+      <c r="D672" t="s">
+        <v>1224</v>
+      </c>
+      <c r="E672">
+        <v>487600</v>
+      </c>
+      <c r="F672" t="s">
+        <v>17</v>
+      </c>
+      <c r="G672" t="s">
+        <v>1225</v>
+      </c>
+      <c r="H672" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="673" spans="1:8">
+      <c r="A673">
+        <v>672</v>
+      </c>
+      <c r="B673">
+        <v>2569</v>
+      </c>
+      <c r="C673" t="s">
+        <v>44</v>
+      </c>
+      <c r="D673" t="s">
+        <v>1227</v>
+      </c>
+      <c r="E673">
+        <v>312000</v>
+      </c>
+      <c r="F673" t="s">
+        <v>17</v>
+      </c>
+      <c r="G673" t="s">
+        <v>1228</v>
+      </c>
+      <c r="H673" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="674" spans="1:8">
+      <c r="A674">
+        <v>673</v>
+      </c>
+      <c r="B674">
+        <v>2569</v>
+      </c>
+      <c r="C674" t="s">
+        <v>44</v>
+      </c>
+      <c r="D674" t="s">
+        <v>1230</v>
+      </c>
+      <c r="E674">
+        <v>500000</v>
+      </c>
+      <c r="F674" t="s">
+        <v>46</v>
+      </c>
+      <c r="G674" t="s">
+        <v>1231</v>
+      </c>
+      <c r="H674" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="675" spans="1:8">
+      <c r="A675">
+        <v>674</v>
+      </c>
+      <c r="B675">
+        <v>2569</v>
+      </c>
+      <c r="C675" t="s">
+        <v>44</v>
+      </c>
+      <c r="D675" t="s">
+        <v>1233</v>
+      </c>
+      <c r="E675">
+        <v>500000</v>
+      </c>
+      <c r="F675" t="s">
+        <v>46</v>
+      </c>
+      <c r="G675" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H675" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="676" spans="1:8">
+      <c r="A676">
+        <v>675</v>
+      </c>
+      <c r="B676">
+        <v>2569</v>
+      </c>
+      <c r="C676" t="s">
+        <v>44</v>
+      </c>
+      <c r="D676" t="s">
+        <v>1236</v>
+      </c>
+      <c r="E676">
+        <v>500000</v>
+      </c>
+      <c r="F676" t="s">
+        <v>46</v>
+      </c>
+      <c r="G676" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H676" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="677" spans="1:8">
+      <c r="A677">
+        <v>676</v>
+      </c>
+      <c r="B677">
+        <v>2569</v>
+      </c>
+      <c r="C677" t="s">
+        <v>44</v>
+      </c>
+      <c r="D677" t="s">
+        <v>1238</v>
+      </c>
+      <c r="E677">
+        <v>500000</v>
+      </c>
+      <c r="F677" t="s">
+        <v>46</v>
+      </c>
+      <c r="G677" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H677" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="678" spans="1:8">
+      <c r="A678">
+        <v>677</v>
+      </c>
+      <c r="B678">
+        <v>2569</v>
+      </c>
+      <c r="C678" t="s">
+        <v>44</v>
+      </c>
+      <c r="D678" t="s">
+        <v>1241</v>
+      </c>
+      <c r="E678">
+        <v>500000</v>
+      </c>
+      <c r="F678" t="s">
+        <v>46</v>
+      </c>
+      <c r="G678" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H678" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="679" spans="1:8">
+      <c r="A679">
+        <v>678</v>
+      </c>
+      <c r="B679">
+        <v>2569</v>
+      </c>
+      <c r="C679" t="s">
+        <v>44</v>
+      </c>
+      <c r="D679" t="s">
+        <v>1243</v>
+      </c>
+      <c r="E679">
+        <v>500000</v>
+      </c>
+      <c r="F679" t="s">
+        <v>46</v>
+      </c>
+      <c r="G679" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H679" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="680" spans="1:8">
+      <c r="A680">
+        <v>679</v>
+      </c>
+      <c r="B680">
+        <v>2569</v>
+      </c>
+      <c r="C680" t="s">
+        <v>44</v>
+      </c>
+      <c r="D680" t="s">
+        <v>1245</v>
+      </c>
+      <c r="E680">
+        <v>500000</v>
+      </c>
+      <c r="F680" t="s">
+        <v>46</v>
+      </c>
+      <c r="G680" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H680" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="681" spans="1:8">
+      <c r="A681">
+        <v>680</v>
+      </c>
+      <c r="B681">
+        <v>2569</v>
+      </c>
+      <c r="C681" t="s">
+        <v>44</v>
+      </c>
+      <c r="D681" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E681">
+        <v>500000</v>
+      </c>
+      <c r="F681" t="s">
+        <v>46</v>
+      </c>
+      <c r="G681" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H681" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="682" spans="1:8">
+      <c r="A682">
+        <v>681</v>
+      </c>
+      <c r="B682">
+        <v>2569</v>
+      </c>
+      <c r="C682" t="s">
+        <v>44</v>
+      </c>
+      <c r="D682" t="s">
+        <v>1249</v>
+      </c>
+      <c r="E682">
+        <v>500000</v>
+      </c>
+      <c r="F682" t="s">
+        <v>46</v>
+      </c>
+      <c r="G682" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H682" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="683" spans="1:8">
+      <c r="A683">
+        <v>682</v>
+      </c>
+      <c r="B683">
+        <v>2569</v>
+      </c>
+      <c r="C683" t="s">
+        <v>44</v>
+      </c>
+      <c r="D683" t="s">
+        <v>1251</v>
+      </c>
+      <c r="E683">
+        <v>500000</v>
+      </c>
+      <c r="F683" t="s">
+        <v>46</v>
+      </c>
+      <c r="G683" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H683" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="684" spans="1:8">
+      <c r="A684">
+        <v>683</v>
+      </c>
+      <c r="B684">
+        <v>2569</v>
+      </c>
+      <c r="C684" t="s">
+        <v>44</v>
+      </c>
+      <c r="D684" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E684">
+        <v>500000</v>
+      </c>
+      <c r="F684" t="s">
+        <v>46</v>
+      </c>
+      <c r="G684" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H684" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="685" spans="1:8">
+      <c r="A685">
+        <v>684</v>
+      </c>
+      <c r="B685">
+        <v>2569</v>
+      </c>
+      <c r="C685" t="s">
+        <v>44</v>
+      </c>
+      <c r="D685" t="s">
+        <v>1255</v>
+      </c>
+      <c r="E685">
+        <v>500000</v>
+      </c>
+      <c r="F685" t="s">
+        <v>46</v>
+      </c>
+      <c r="G685" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H685" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="686" spans="1:8">
+      <c r="A686">
+        <v>685</v>
+      </c>
+      <c r="B686">
+        <v>2569</v>
+      </c>
+      <c r="C686" t="s">
+        <v>44</v>
+      </c>
+      <c r="D686" t="s">
+        <v>1256</v>
+      </c>
+      <c r="E686">
+        <v>500000</v>
+      </c>
+      <c r="F686" t="s">
+        <v>46</v>
+      </c>
+      <c r="G686" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H686" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="687" spans="1:8">
+      <c r="A687">
+        <v>686</v>
+      </c>
+      <c r="B687">
+        <v>2569</v>
+      </c>
+      <c r="C687" t="s">
+        <v>44</v>
+      </c>
+      <c r="D687" t="s">
+        <v>1257</v>
+      </c>
+      <c r="E687">
+        <v>500000</v>
+      </c>
+      <c r="F687" t="s">
+        <v>46</v>
+      </c>
+      <c r="G687" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H687" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="688" spans="1:8">
+      <c r="A688">
+        <v>687</v>
+      </c>
+      <c r="B688">
+        <v>2569</v>
+      </c>
+      <c r="C688" t="s">
+        <v>44</v>
+      </c>
+      <c r="D688" t="s">
+        <v>1259</v>
+      </c>
+      <c r="E688">
+        <v>500000</v>
+      </c>
+      <c r="F688" t="s">
+        <v>46</v>
+      </c>
+      <c r="G688" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H688" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="689" spans="1:8">
+      <c r="A689">
+        <v>688</v>
+      </c>
+      <c r="B689">
+        <v>2569</v>
+      </c>
+      <c r="C689" t="s">
+        <v>44</v>
+      </c>
+      <c r="D689" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E689">
+        <v>500000</v>
+      </c>
+      <c r="F689" t="s">
+        <v>46</v>
+      </c>
+      <c r="G689" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H689" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="690" spans="1:8">
+      <c r="A690">
+        <v>689</v>
+      </c>
+      <c r="B690">
+        <v>2569</v>
+      </c>
+      <c r="C690" t="s">
+        <v>44</v>
+      </c>
+      <c r="D690" t="s">
+        <v>1263</v>
+      </c>
+      <c r="E690">
+        <v>500000</v>
+      </c>
+      <c r="F690" t="s">
+        <v>46</v>
+      </c>
+      <c r="G690" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H690" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="691" spans="1:8">
+      <c r="A691">
+        <v>690</v>
+      </c>
+      <c r="B691">
+        <v>2569</v>
+      </c>
+      <c r="C691" t="s">
+        <v>44</v>
+      </c>
+      <c r="D691" t="s">
+        <v>1264</v>
+      </c>
+      <c r="E691">
+        <v>500000</v>
+      </c>
+      <c r="F691" t="s">
+        <v>46</v>
+      </c>
+      <c r="G691" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H691" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="692" spans="1:8">
+      <c r="A692">
+        <v>691</v>
+      </c>
+      <c r="B692">
+        <v>2569</v>
+      </c>
+      <c r="C692" t="s">
+        <v>44</v>
+      </c>
+      <c r="D692" t="s">
+        <v>1265</v>
+      </c>
+      <c r="E692">
+        <v>500000</v>
+      </c>
+      <c r="F692" t="s">
+        <v>46</v>
+      </c>
+      <c r="G692" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H692" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="693" spans="1:8">
+      <c r="A693">
+        <v>692</v>
+      </c>
+      <c r="B693">
+        <v>2569</v>
+      </c>
+      <c r="C693" t="s">
+        <v>44</v>
+      </c>
+      <c r="D693" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E693">
+        <v>500000</v>
+      </c>
+      <c r="F693" t="s">
+        <v>46</v>
+      </c>
+      <c r="G693" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H693" t="s">
+        <v>1268</v>
+      </c>
+    </row>
+    <row r="694" spans="1:8">
+      <c r="A694">
+        <v>693</v>
+      </c>
+      <c r="B694">
+        <v>2569</v>
+      </c>
+      <c r="C694" t="s">
+        <v>44</v>
+      </c>
+      <c r="D694" t="s">
+        <v>1269</v>
+      </c>
+      <c r="E694">
+        <v>500000</v>
+      </c>
+      <c r="F694" t="s">
+        <v>46</v>
+      </c>
+      <c r="G694" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H694" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="695" spans="1:8">
+      <c r="A695">
+        <v>694</v>
+      </c>
+      <c r="B695">
+        <v>2569</v>
+      </c>
+      <c r="C695" t="s">
+        <v>44</v>
+      </c>
+      <c r="D695" t="s">
+        <v>1271</v>
+      </c>
+      <c r="E695">
+        <v>500000</v>
+      </c>
+      <c r="F695" t="s">
+        <v>46</v>
+      </c>
+      <c r="G695" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H695" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="696" spans="1:8">
+      <c r="A696">
+        <v>695</v>
+      </c>
+      <c r="B696">
+        <v>2569</v>
+      </c>
+      <c r="C696" t="s">
+        <v>44</v>
+      </c>
+      <c r="D696" t="s">
+        <v>1273</v>
+      </c>
+      <c r="E696">
+        <v>500000</v>
+      </c>
+      <c r="F696" t="s">
+        <v>46</v>
+      </c>
+      <c r="G696" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H696" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="697" spans="1:8">
+      <c r="A697">
+        <v>696</v>
+      </c>
+      <c r="B697">
+        <v>2569</v>
+      </c>
+      <c r="C697" t="s">
+        <v>44</v>
+      </c>
+      <c r="D697" t="s">
+        <v>1275</v>
+      </c>
+      <c r="E697">
+        <v>500000</v>
+      </c>
+      <c r="F697" t="s">
+        <v>46</v>
+      </c>
+      <c r="G697" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H697" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="698" spans="1:8">
+      <c r="A698">
+        <v>697</v>
+      </c>
+      <c r="B698">
+        <v>2569</v>
+      </c>
+      <c r="C698" t="s">
+        <v>44</v>
+      </c>
+      <c r="D698" t="s">
+        <v>1277</v>
+      </c>
+      <c r="E698">
+        <v>500000</v>
+      </c>
+      <c r="F698" t="s">
+        <v>46</v>
+      </c>
+      <c r="G698" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H698" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="699" spans="1:8">
+      <c r="A699">
+        <v>698</v>
+      </c>
+      <c r="B699">
+        <v>2569</v>
+      </c>
+      <c r="C699" t="s">
+        <v>44</v>
+      </c>
+      <c r="D699" t="s">
+        <v>1279</v>
+      </c>
+      <c r="E699">
+        <v>500000</v>
+      </c>
+      <c r="F699" t="s">
+        <v>46</v>
+      </c>
+      <c r="G699" t="s">
+        <v>1280</v>
+      </c>
+      <c r="H699" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="700" spans="1:8">
+      <c r="A700">
+        <v>699</v>
+      </c>
+      <c r="B700">
+        <v>2569</v>
+      </c>
+      <c r="C700" t="s">
+        <v>44</v>
+      </c>
+      <c r="D700" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E700">
+        <v>500000</v>
+      </c>
+      <c r="F700" t="s">
+        <v>46</v>
+      </c>
+      <c r="G700" t="s">
+        <v>1280</v>
+      </c>
+      <c r="H700" t="s">
+        <v>1283</v>
+      </c>
+    </row>
+    <row r="701" spans="1:8">
+      <c r="A701">
+        <v>700</v>
+      </c>
+      <c r="B701">
+        <v>2569</v>
+      </c>
+      <c r="C701" t="s">
+        <v>44</v>
+      </c>
+      <c r="D701" t="s">
+        <v>1284</v>
+      </c>
+      <c r="E701">
+        <v>500000</v>
+      </c>
+      <c r="F701" t="s">
+        <v>46</v>
+      </c>
+      <c r="G701" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H701" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="702" spans="1:8">
+      <c r="A702">
+        <v>701</v>
+      </c>
+      <c r="B702">
+        <v>2569</v>
+      </c>
+      <c r="C702" t="s">
+        <v>44</v>
+      </c>
+      <c r="D702" t="s">
+        <v>1287</v>
+      </c>
+      <c r="E702">
+        <v>500000</v>
+      </c>
+      <c r="F702" t="s">
+        <v>46</v>
+      </c>
+      <c r="G702" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H702" t="s">
+        <v>1288</v>
+      </c>
+    </row>
+    <row r="703" spans="1:8">
+      <c r="A703">
+        <v>702</v>
+      </c>
+      <c r="B703">
+        <v>2569</v>
+      </c>
+      <c r="C703" t="s">
+        <v>44</v>
+      </c>
+      <c r="D703" t="s">
+        <v>1289</v>
+      </c>
+      <c r="E703">
+        <v>500000</v>
+      </c>
+      <c r="F703" t="s">
+        <v>46</v>
+      </c>
+      <c r="G703" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H703" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="704" spans="1:8">
+      <c r="A704">
+        <v>703</v>
+      </c>
+      <c r="B704">
+        <v>2569</v>
+      </c>
+      <c r="C704" t="s">
+        <v>44</v>
+      </c>
+      <c r="D704" t="s">
+        <v>1291</v>
+      </c>
+      <c r="E704">
+        <v>500000</v>
+      </c>
+      <c r="F704" t="s">
+        <v>46</v>
+      </c>
+      <c r="G704" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H704" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="705" spans="1:8">
+      <c r="A705">
+        <v>704</v>
+      </c>
+      <c r="B705">
+        <v>2569</v>
+      </c>
+      <c r="C705" t="s">
+        <v>44</v>
+      </c>
+      <c r="D705" t="s">
+        <v>1293</v>
+      </c>
+      <c r="E705">
+        <v>500000</v>
+      </c>
+      <c r="F705" t="s">
+        <v>46</v>
+      </c>
+      <c r="G705" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H705" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="706" spans="1:8">
+      <c r="A706">
+        <v>705</v>
+      </c>
+      <c r="B706">
+        <v>2569</v>
+      </c>
+      <c r="C706" t="s">
+        <v>44</v>
+      </c>
+      <c r="D706" t="s">
+        <v>1295</v>
+      </c>
+      <c r="E706">
+        <v>500000</v>
+      </c>
+      <c r="F706" t="s">
+        <v>46</v>
+      </c>
+      <c r="G706" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H706" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="707" spans="1:8">
+      <c r="A707">
+        <v>706</v>
+      </c>
+      <c r="B707">
+        <v>2569</v>
+      </c>
+      <c r="C707" t="s">
+        <v>44</v>
+      </c>
+      <c r="D707" t="s">
+        <v>1297</v>
+      </c>
+      <c r="E707">
+        <v>500000</v>
+      </c>
+      <c r="F707" t="s">
+        <v>46</v>
+      </c>
+      <c r="G707" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H707" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="708" spans="1:8">
+      <c r="A708">
+        <v>707</v>
+      </c>
+      <c r="B708">
+        <v>2569</v>
+      </c>
+      <c r="C708" t="s">
+        <v>44</v>
+      </c>
+      <c r="D708" t="s">
+        <v>1300</v>
+      </c>
+      <c r="E708">
+        <v>500000</v>
+      </c>
+      <c r="F708" t="s">
+        <v>46</v>
+      </c>
+      <c r="G708" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H708" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="709" spans="1:8">
+      <c r="A709">
+        <v>708</v>
+      </c>
+      <c r="B709">
+        <v>2569</v>
+      </c>
+      <c r="C709" t="s">
+        <v>44</v>
+      </c>
+      <c r="D709" t="s">
+        <v>1302</v>
+      </c>
+      <c r="E709">
+        <v>500000</v>
+      </c>
+      <c r="F709" t="s">
+        <v>46</v>
+      </c>
+      <c r="G709" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H709" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="710" spans="1:8">
+      <c r="A710">
+        <v>709</v>
+      </c>
+      <c r="B710">
+        <v>2569</v>
+      </c>
+      <c r="C710" t="s">
+        <v>44</v>
+      </c>
+      <c r="D710" t="s">
+        <v>1304</v>
+      </c>
+      <c r="E710">
+        <v>500000</v>
+      </c>
+      <c r="F710" t="s">
+        <v>46</v>
+      </c>
+      <c r="G710" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H710" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="711" spans="1:8">
+      <c r="A711">
+        <v>710</v>
+      </c>
+      <c r="B711">
+        <v>2569</v>
+      </c>
+      <c r="C711" t="s">
+        <v>44</v>
+      </c>
+      <c r="D711" t="s">
+        <v>1306</v>
+      </c>
+      <c r="E711">
+        <v>500000</v>
+      </c>
+      <c r="F711" t="s">
+        <v>46</v>
+      </c>
+      <c r="G711" t="s">
+        <v>1307</v>
+      </c>
+      <c r="H711" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="712" spans="1:8">
+      <c r="A712">
+        <v>711</v>
+      </c>
+      <c r="B712">
+        <v>2569</v>
+      </c>
+      <c r="C712" t="s">
+        <v>44</v>
+      </c>
+      <c r="D712" t="s">
+        <v>1309</v>
+      </c>
+      <c r="E712">
+        <v>500000</v>
+      </c>
+      <c r="F712" t="s">
+        <v>46</v>
+      </c>
+      <c r="G712" t="s">
+        <v>1310</v>
+      </c>
+      <c r="H712" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="713" spans="1:8">
+      <c r="A713">
+        <v>712</v>
+      </c>
+      <c r="B713">
+        <v>2569</v>
+      </c>
+      <c r="C713" t="s">
+        <v>44</v>
+      </c>
+      <c r="D713" t="s">
+        <v>1312</v>
+      </c>
+      <c r="E713">
+        <v>500000</v>
+      </c>
+      <c r="F713" t="s">
+        <v>46</v>
+      </c>
+      <c r="G713" t="s">
+        <v>1310</v>
+      </c>
+      <c r="H713" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="714" spans="1:8">
+      <c r="A714">
+        <v>713</v>
+      </c>
+      <c r="B714">
+        <v>2569</v>
+      </c>
+      <c r="C714" t="s">
+        <v>44</v>
+      </c>
+      <c r="D714" t="s">
+        <v>1314</v>
+      </c>
+      <c r="E714">
+        <v>500000</v>
+      </c>
+      <c r="F714" t="s">
+        <v>46</v>
+      </c>
+      <c r="G714" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H714" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="715" spans="1:8">
+      <c r="A715">
+        <v>714</v>
+      </c>
+      <c r="B715">
+        <v>2569</v>
+      </c>
+      <c r="C715" t="s">
+        <v>44</v>
+      </c>
+      <c r="D715" t="s">
+        <v>177</v>
+      </c>
+      <c r="E715">
+        <v>500000</v>
+      </c>
+      <c r="F715" t="s">
+        <v>46</v>
+      </c>
+      <c r="G715" t="s">
+        <v>1316</v>
+      </c>
+      <c r="H715" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="716" spans="1:8">
+      <c r="A716">
+        <v>715</v>
+      </c>
+      <c r="B716">
+        <v>2569</v>
+      </c>
+      <c r="C716" t="s">
+        <v>44</v>
+      </c>
+      <c r="D716" t="s">
+        <v>1317</v>
+      </c>
+      <c r="E716">
+        <v>500000</v>
+      </c>
+      <c r="F716" t="s">
+        <v>46</v>
+      </c>
+      <c r="G716" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H716" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="717" spans="1:8">
+      <c r="A717">
+        <v>716</v>
+      </c>
+      <c r="B717">
+        <v>2569</v>
+      </c>
+      <c r="C717" t="s">
+        <v>44</v>
+      </c>
+      <c r="D717" t="s">
+        <v>1319</v>
+      </c>
+      <c r="E717">
+        <v>500000</v>
+      </c>
+      <c r="F717" t="s">
+        <v>46</v>
+      </c>
+      <c r="G717" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H717" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="718" spans="1:8">
+      <c r="A718">
+        <v>717</v>
+      </c>
+      <c r="B718">
+        <v>2569</v>
+      </c>
+      <c r="C718" t="s">
+        <v>44</v>
+      </c>
+      <c r="D718" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E718">
+        <v>500000</v>
+      </c>
+      <c r="F718" t="s">
+        <v>46</v>
+      </c>
+      <c r="G718" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H718" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="719" spans="1:8">
+      <c r="A719">
+        <v>718</v>
+      </c>
+      <c r="B719">
+        <v>2569</v>
+      </c>
+      <c r="C719" t="s">
+        <v>44</v>
+      </c>
+      <c r="D719" t="s">
+        <v>1321</v>
+      </c>
+      <c r="E719">
+        <v>500000</v>
+      </c>
+      <c r="F719" t="s">
+        <v>46</v>
+      </c>
+      <c r="G719" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H719" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="720" spans="1:8">
+      <c r="A720">
+        <v>719</v>
+      </c>
+      <c r="B720">
+        <v>2569</v>
+      </c>
+      <c r="C720" t="s">
+        <v>44</v>
+      </c>
+      <c r="D720" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E720">
+        <v>500000</v>
+      </c>
+      <c r="F720" t="s">
+        <v>46</v>
+      </c>
+      <c r="G720" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H720" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="721" spans="1:8">
+      <c r="A721">
+        <v>720</v>
+      </c>
+      <c r="B721">
+        <v>2569</v>
+      </c>
+      <c r="C721" t="s">
+        <v>44</v>
+      </c>
+      <c r="D721" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E721">
+        <v>500000</v>
+      </c>
+      <c r="F721" t="s">
+        <v>46</v>
+      </c>
+      <c r="G721" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H721" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="722" spans="1:8">
+      <c r="A722">
+        <v>721</v>
+      </c>
+      <c r="B722">
+        <v>2569</v>
+      </c>
+      <c r="C722" t="s">
+        <v>44</v>
+      </c>
+      <c r="D722" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E722">
+        <v>500000</v>
+      </c>
+      <c r="F722" t="s">
+        <v>46</v>
+      </c>
+      <c r="G722" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H722" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="723" spans="1:8">
+      <c r="A723">
+        <v>722</v>
+      </c>
+      <c r="B723">
+        <v>2569</v>
+      </c>
+      <c r="C723" t="s">
+        <v>44</v>
+      </c>
+      <c r="D723" t="s">
+        <v>1326</v>
+      </c>
+      <c r="E723">
+        <v>500000</v>
+      </c>
+      <c r="F723" t="s">
+        <v>46</v>
+      </c>
+      <c r="G723" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H723" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="724" spans="1:8">
+      <c r="A724">
+        <v>723</v>
+      </c>
+      <c r="B724">
+        <v>2569</v>
+      </c>
+      <c r="C724" t="s">
+        <v>44</v>
+      </c>
+      <c r="D724" t="s">
+        <v>1327</v>
+      </c>
+      <c r="E724">
+        <v>500000</v>
+      </c>
+      <c r="F724" t="s">
+        <v>46</v>
+      </c>
+      <c r="G724" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H724" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="725" spans="1:8">
+      <c r="A725">
+        <v>724</v>
+      </c>
+      <c r="B725">
+        <v>2569</v>
+      </c>
+      <c r="C725" t="s">
+        <v>44</v>
+      </c>
+      <c r="D725" t="s">
+        <v>1328</v>
+      </c>
+      <c r="E725">
+        <v>500000</v>
+      </c>
+      <c r="F725" t="s">
+        <v>46</v>
+      </c>
+      <c r="G725" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H725" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="726" spans="1:8">
+      <c r="A726">
+        <v>725</v>
+      </c>
+      <c r="B726">
+        <v>2569</v>
+      </c>
+      <c r="C726" t="s">
+        <v>44</v>
+      </c>
+      <c r="D726" t="s">
+        <v>604</v>
+      </c>
+      <c r="E726">
+        <v>500000</v>
+      </c>
+      <c r="F726" t="s">
+        <v>46</v>
+      </c>
+      <c r="G726" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H726" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="727" spans="1:8">
+      <c r="A727">
+        <v>726</v>
+      </c>
+      <c r="B727">
+        <v>2569</v>
+      </c>
+      <c r="C727" t="s">
+        <v>44</v>
+      </c>
+      <c r="D727" t="s">
+        <v>1329</v>
+      </c>
+      <c r="E727">
+        <v>500000</v>
+      </c>
+      <c r="F727" t="s">
+        <v>46</v>
+      </c>
+      <c r="G727" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H727" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="728" spans="1:8">
+      <c r="A728">
+        <v>727</v>
+      </c>
+      <c r="B728">
+        <v>2569</v>
+      </c>
+      <c r="C728" t="s">
+        <v>44</v>
+      </c>
+      <c r="D728" t="s">
+        <v>1330</v>
+      </c>
+      <c r="E728">
+        <v>500000</v>
+      </c>
+      <c r="F728" t="s">
+        <v>46</v>
+      </c>
+      <c r="G728" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H728" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="729" spans="1:8">
+      <c r="A729">
+        <v>728</v>
+      </c>
+      <c r="B729">
+        <v>2569</v>
+      </c>
+      <c r="C729" t="s">
+        <v>44</v>
+      </c>
+      <c r="D729" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E729">
+        <v>500000</v>
+      </c>
+      <c r="F729" t="s">
+        <v>46</v>
+      </c>
+      <c r="G729" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H729" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="730" spans="1:8">
+      <c r="A730">
+        <v>729</v>
+      </c>
+      <c r="B730">
+        <v>2569</v>
+      </c>
+      <c r="C730" t="s">
+        <v>44</v>
+      </c>
+      <c r="D730" t="s">
+        <v>1333</v>
+      </c>
+      <c r="E730">
+        <v>500000</v>
+      </c>
+      <c r="F730" t="s">
+        <v>46</v>
+      </c>
+      <c r="G730" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H730" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="731" spans="1:8">
+      <c r="A731">
+        <v>730</v>
+      </c>
+      <c r="B731">
+        <v>2569</v>
+      </c>
+      <c r="C731" t="s">
+        <v>44</v>
+      </c>
+      <c r="D731" t="s">
+        <v>1335</v>
+      </c>
+      <c r="E731">
+        <v>318000</v>
+      </c>
+      <c r="F731" t="s">
+        <v>17</v>
+      </c>
+      <c r="G731" t="s">
+        <v>1336</v>
+      </c>
+      <c r="H731" t="s">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="732" spans="1:8">
+      <c r="A732">
+        <v>731</v>
+      </c>
+      <c r="B732">
+        <v>2569</v>
+      </c>
+      <c r="C732" t="s">
+        <v>44</v>
+      </c>
+      <c r="D732" t="s">
+        <v>1338</v>
+      </c>
+      <c r="E732">
+        <v>391000</v>
+      </c>
+      <c r="F732" t="s">
+        <v>17</v>
+      </c>
+      <c r="G732" t="s">
+        <v>1339</v>
+      </c>
+      <c r="H732" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="733" spans="1:8">
+      <c r="A733">
+        <v>732</v>
+      </c>
+      <c r="B733">
+        <v>2569</v>
+      </c>
+      <c r="C733" t="s">
+        <v>44</v>
+      </c>
+      <c r="D733" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E733">
+        <v>360000</v>
+      </c>
+      <c r="F733" t="s">
+        <v>17</v>
+      </c>
+      <c r="G733" t="s">
+        <v>1342</v>
+      </c>
+      <c r="H733" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="734" spans="1:8">
+      <c r="A734">
+        <v>733</v>
+      </c>
+      <c r="B734">
+        <v>2569</v>
+      </c>
+      <c r="C734" t="s">
+        <v>44</v>
+      </c>
+      <c r="D734" t="s">
+        <v>1344</v>
+      </c>
+      <c r="E734">
+        <v>500000</v>
+      </c>
+      <c r="F734" t="s">
+        <v>46</v>
+      </c>
+      <c r="G734" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H734" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="735" spans="1:8">
+      <c r="A735">
+        <v>734</v>
+      </c>
+      <c r="B735">
+        <v>2569</v>
+      </c>
+      <c r="C735" t="s">
+        <v>44</v>
+      </c>
+      <c r="D735" t="s">
+        <v>1346</v>
+      </c>
+      <c r="E735">
+        <v>500000</v>
+      </c>
+      <c r="F735" t="s">
+        <v>46</v>
+      </c>
+      <c r="G735" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H735" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="736" spans="1:8">
+      <c r="A736">
+        <v>735</v>
+      </c>
+      <c r="B736">
+        <v>2569</v>
+      </c>
+      <c r="C736" t="s">
+        <v>44</v>
+      </c>
+      <c r="D736" t="s">
+        <v>1348</v>
+      </c>
+      <c r="E736">
+        <v>500000</v>
+      </c>
+      <c r="F736" t="s">
+        <v>46</v>
+      </c>
+      <c r="G736" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H736" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="737" spans="1:8">
+      <c r="A737">
+        <v>736</v>
+      </c>
+      <c r="B737">
+        <v>2569</v>
+      </c>
+      <c r="C737" t="s">
+        <v>44</v>
+      </c>
+      <c r="D737" t="s">
+        <v>1349</v>
+      </c>
+      <c r="E737">
+        <v>500000</v>
+      </c>
+      <c r="F737" t="s">
+        <v>46</v>
+      </c>
+      <c r="G737" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H737" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="738" spans="1:8">
+      <c r="A738">
+        <v>737</v>
+      </c>
+      <c r="B738">
+        <v>2569</v>
+      </c>
+      <c r="C738" t="s">
+        <v>44</v>
+      </c>
+      <c r="D738" t="s">
+        <v>1351</v>
+      </c>
+      <c r="E738">
+        <v>500000</v>
+      </c>
+      <c r="F738" t="s">
+        <v>46</v>
+      </c>
+      <c r="G738" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H738" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="739" spans="1:8">
+      <c r="A739">
+        <v>738</v>
+      </c>
+      <c r="B739">
+        <v>2569</v>
+      </c>
+      <c r="C739" t="s">
+        <v>44</v>
+      </c>
+      <c r="D739" t="s">
+        <v>1352</v>
+      </c>
+      <c r="E739">
+        <v>500000</v>
+      </c>
+      <c r="F739" t="s">
+        <v>46</v>
+      </c>
+      <c r="G739" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H739" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="740" spans="1:8">
+      <c r="A740">
+        <v>739</v>
+      </c>
+      <c r="B740">
+        <v>2569</v>
+      </c>
+      <c r="C740" t="s">
+        <v>44</v>
+      </c>
+      <c r="D740" t="s">
+        <v>1354</v>
+      </c>
+      <c r="E740">
+        <v>500000</v>
+      </c>
+      <c r="F740" t="s">
+        <v>46</v>
+      </c>
+      <c r="G740" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H740" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="741" spans="1:8">
+      <c r="A741">
+        <v>740</v>
+      </c>
+      <c r="B741">
+        <v>2569</v>
+      </c>
+      <c r="C741" t="s">
+        <v>44</v>
+      </c>
+      <c r="D741" t="s">
+        <v>1356</v>
+      </c>
+      <c r="E741">
+        <v>500000</v>
+      </c>
+      <c r="F741" t="s">
+        <v>46</v>
+      </c>
+      <c r="G741" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H741" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="742" spans="1:8">
+      <c r="A742">
+        <v>741</v>
+      </c>
+      <c r="B742">
+        <v>2569</v>
+      </c>
+      <c r="C742" t="s">
+        <v>44</v>
+      </c>
+      <c r="D742" t="s">
+        <v>1357</v>
+      </c>
+      <c r="E742">
+        <v>500000</v>
+      </c>
+      <c r="F742" t="s">
+        <v>46</v>
+      </c>
+      <c r="G742" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H742" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="743" spans="1:8">
+      <c r="A743">
+        <v>742</v>
+      </c>
+      <c r="B743">
+        <v>2569</v>
+      </c>
+      <c r="C743" t="s">
+        <v>44</v>
+      </c>
+      <c r="D743" t="s">
+        <v>1358</v>
+      </c>
+      <c r="E743">
+        <v>500000</v>
+      </c>
+      <c r="F743" t="s">
+        <v>46</v>
+      </c>
+      <c r="G743" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H743" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="744" spans="1:8">
+      <c r="A744">
+        <v>743</v>
+      </c>
+      <c r="B744">
+        <v>2569</v>
+      </c>
+      <c r="C744" t="s">
+        <v>44</v>
+      </c>
+      <c r="D744" t="s">
+        <v>1359</v>
+      </c>
+      <c r="E744">
+        <v>500000</v>
+      </c>
+      <c r="F744" t="s">
+        <v>46</v>
+      </c>
+      <c r="G744" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H744" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="745" spans="1:8">
+      <c r="A745">
+        <v>744</v>
+      </c>
+      <c r="B745">
+        <v>2569</v>
+      </c>
+      <c r="C745" t="s">
+        <v>44</v>
+      </c>
+      <c r="D745" t="s">
+        <v>1361</v>
+      </c>
+      <c r="E745">
+        <v>500000</v>
+      </c>
+      <c r="F745" t="s">
+        <v>46</v>
+      </c>
+      <c r="G745" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H745" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="746" spans="1:8">
+      <c r="A746">
+        <v>745</v>
+      </c>
+      <c r="B746">
+        <v>2569</v>
+      </c>
+      <c r="C746" t="s">
+        <v>44</v>
+      </c>
+      <c r="D746" t="s">
+        <v>1363</v>
+      </c>
+      <c r="E746">
+        <v>500000</v>
+      </c>
+      <c r="F746" t="s">
+        <v>46</v>
+      </c>
+      <c r="G746" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H746" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="747" spans="1:8">
+      <c r="A747">
+        <v>746</v>
+      </c>
+      <c r="B747">
+        <v>2569</v>
+      </c>
+      <c r="C747" t="s">
+        <v>44</v>
+      </c>
+      <c r="D747" t="s">
+        <v>1365</v>
+      </c>
+      <c r="E747">
+        <v>500000</v>
+      </c>
+      <c r="F747" t="s">
+        <v>46</v>
+      </c>
+      <c r="G747" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H747" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="748" spans="1:8">
+      <c r="A748">
+        <v>747</v>
+      </c>
+      <c r="B748">
+        <v>2569</v>
+      </c>
+      <c r="C748" t="s">
+        <v>44</v>
+      </c>
+      <c r="D748" t="s">
+        <v>1366</v>
+      </c>
+      <c r="E748">
+        <v>500000</v>
+      </c>
+      <c r="F748" t="s">
+        <v>46</v>
+      </c>
+      <c r="G748" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H748" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="749" spans="1:8">
+      <c r="A749">
+        <v>748</v>
+      </c>
+      <c r="B749">
+        <v>2569</v>
+      </c>
+      <c r="C749" t="s">
+        <v>44</v>
+      </c>
+      <c r="D749" t="s">
+        <v>1367</v>
+      </c>
+      <c r="E749">
+        <v>500000</v>
+      </c>
+      <c r="F749" t="s">
+        <v>46</v>
+      </c>
+      <c r="G749" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H749" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="750" spans="1:8">
+      <c r="A750">
+        <v>749</v>
+      </c>
+      <c r="B750">
+        <v>2569</v>
+      </c>
+      <c r="C750" t="s">
+        <v>44</v>
+      </c>
+      <c r="D750" t="s">
+        <v>1369</v>
+      </c>
+      <c r="E750">
+        <v>500000</v>
+      </c>
+      <c r="F750" t="s">
+        <v>46</v>
+      </c>
+      <c r="G750" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H750" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="751" spans="1:8">
+      <c r="A751">
+        <v>750</v>
+      </c>
+      <c r="B751">
+        <v>2569</v>
+      </c>
+      <c r="C751" t="s">
+        <v>44</v>
+      </c>
+      <c r="D751" t="s">
+        <v>1370</v>
+      </c>
+      <c r="E751">
+        <v>395000</v>
+      </c>
+      <c r="F751" t="s">
+        <v>46</v>
+      </c>
+      <c r="G751" t="s">
+        <v>1371</v>
+      </c>
+      <c r="H751" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="752" spans="1:8">
+      <c r="A752">
+        <v>751</v>
+      </c>
+      <c r="B752">
+        <v>2569</v>
+      </c>
+      <c r="C752" t="s">
+        <v>44</v>
+      </c>
+      <c r="D752" t="s">
+        <v>1373</v>
+      </c>
+      <c r="E752">
+        <v>500000</v>
+      </c>
+      <c r="F752" t="s">
+        <v>46</v>
+      </c>
+      <c r="G752" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H752" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="753" spans="1:8">
+      <c r="A753">
+        <v>752</v>
+      </c>
+      <c r="B753">
+        <v>2569</v>
+      </c>
+      <c r="C753" t="s">
+        <v>44</v>
+      </c>
+      <c r="D753" t="s">
+        <v>1375</v>
+      </c>
+      <c r="E753">
+        <v>500000</v>
+      </c>
+      <c r="F753" t="s">
+        <v>46</v>
+      </c>
+      <c r="G753" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H753" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="754" spans="1:8">
+      <c r="A754">
+        <v>753</v>
+      </c>
+      <c r="B754">
+        <v>2569</v>
+      </c>
+      <c r="C754" t="s">
+        <v>44</v>
+      </c>
+      <c r="D754" t="s">
+        <v>1377</v>
+      </c>
+      <c r="E754">
+        <v>500000</v>
+      </c>
+      <c r="F754" t="s">
+        <v>46</v>
+      </c>
+      <c r="G754" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H754" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="755" spans="1:8">
+      <c r="A755">
+        <v>754</v>
+      </c>
+      <c r="B755">
+        <v>2569</v>
+      </c>
+      <c r="C755" t="s">
+        <v>44</v>
+      </c>
+      <c r="D755" t="s">
+        <v>1379</v>
+      </c>
+      <c r="E755">
+        <v>500000</v>
+      </c>
+      <c r="F755" t="s">
+        <v>46</v>
+      </c>
+      <c r="G755" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H755" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="756" spans="1:8">
+      <c r="A756">
+        <v>755</v>
+      </c>
+      <c r="B756">
+        <v>2569</v>
+      </c>
+      <c r="C756" t="s">
+        <v>44</v>
+      </c>
+      <c r="D756" t="s">
+        <v>1381</v>
+      </c>
+      <c r="E756">
+        <v>500000</v>
+      </c>
+      <c r="F756" t="s">
+        <v>46</v>
+      </c>
+      <c r="G756" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H756" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="757" spans="1:8">
+      <c r="A757">
+        <v>756</v>
+      </c>
+      <c r="B757">
+        <v>2569</v>
+      </c>
+      <c r="C757" t="s">
+        <v>44</v>
+      </c>
+      <c r="D757" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E757">
+        <v>500000</v>
+      </c>
+      <c r="F757" t="s">
+        <v>46</v>
+      </c>
+      <c r="G757" t="s">
+        <v>1383</v>
+      </c>
+      <c r="H757" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="758" spans="1:8">
+      <c r="A758">
+        <v>757</v>
+      </c>
+      <c r="B758">
+        <v>2569</v>
+      </c>
+      <c r="C758" t="s">
+        <v>44</v>
+      </c>
+      <c r="D758" t="s">
+        <v>1384</v>
+      </c>
+      <c r="E758">
+        <v>500000</v>
+      </c>
+      <c r="F758" t="s">
+        <v>46</v>
+      </c>
+      <c r="G758" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H758" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="759" spans="1:8">
+      <c r="A759">
+        <v>758</v>
+      </c>
+      <c r="B759">
+        <v>2569</v>
+      </c>
+      <c r="C759" t="s">
+        <v>388</v>
+      </c>
+      <c r="D759" t="s">
+        <v>1385</v>
+      </c>
+      <c r="E759">
+        <v>200000</v>
+      </c>
+      <c r="F759" t="s">
+        <v>10</v>
+      </c>
+      <c r="G759" t="s">
+        <v>1386</v>
+      </c>
+      <c r="H759" t="s">
+        <v>1387</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">